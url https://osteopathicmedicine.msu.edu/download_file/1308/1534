--- v0 (2026-01-05)
+++ v1 (2026-03-18)
@@ -7,56 +7,57 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/word/intelligence.xml" ContentType="application/vnd.ms-office.intelligence+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54826181" w14:textId="29CF6494" w:rsidR="001E49FD" w:rsidRPr="00C40B5D" w:rsidRDefault="7BB7B5CB" w:rsidP="60C5F0A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="008E0ECA" wp14:editId="77AD67F9">
             <wp:extent cx="3943350" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Michigan State University Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -294,161 +295,110 @@
       </w:pPr>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="33D9FDD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>hughesm@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3E055DEA" w14:textId="30D702CD" w:rsidR="00841350" w:rsidRPr="001613D1" w:rsidRDefault="00841350" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7815683F" w14:textId="75068CC3" w:rsidR="00B24809" w:rsidRDefault="00B24809" w:rsidP="00B24809">
+    <w:p w14:paraId="7815683F" w14:textId="652DE2FD" w:rsidR="00B24809" w:rsidRDefault="00B24809" w:rsidP="00B24809">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>BRYAN VONASEK, M.D.</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3A596BC0" w14:textId="2C69FE1F" w:rsidR="000E5911" w:rsidRDefault="00B24809" w:rsidP="000E5911">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...45 lines deleted...]
-    <w:p w14:paraId="04F2CDBF" w14:textId="587923A6" w:rsidR="00455E67" w:rsidRPr="000E5911" w:rsidRDefault="00B24809" w:rsidP="000E5911">
+        <w:t>INSTRUCTOR OF RECORD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F2CDBF" w14:textId="16927884" w:rsidR="00455E67" w:rsidRPr="000E5911" w:rsidRDefault="00B24809" w:rsidP="000E5911">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00991C09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>vonasekb@msu.edu</w:t>
-        </w:r>
-[...17 lines deleted...]
-          <w:t>seydel@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="67CA04E9" w14:textId="77777777" w:rsidR="00455E67" w:rsidRPr="001613D1" w:rsidRDefault="00455E67" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44DFD73D" w14:textId="2ABCBEEA" w:rsidR="00A93438" w:rsidRDefault="00A93438" w:rsidP="00A93438">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -609,70 +559,70 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>COURSE ASSISTANTS (CA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F088DB9" w14:textId="19C5C8D1" w:rsidR="00A54D0A" w:rsidRPr="00C40B5D" w:rsidRDefault="002F4A80" w:rsidP="002F4A80">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="33D9FDD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>katiegs@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="33D9FDD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>stonest@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55EE0923" w14:textId="72AC0572" w:rsidR="005239D2" w:rsidRPr="00C40B5D" w:rsidRDefault="005239D2" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CF99B53" w14:textId="7725CEB4" w:rsidR="00E405FF" w:rsidRPr="005E20F6" w:rsidRDefault="00E405FF" w:rsidP="1D9F913C">
       <w:pPr>
@@ -3056,54 +3006,54 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7D84E256" w14:textId="5601C983" w:rsidR="002237F5" w:rsidRPr="00C40B5D" w:rsidRDefault="005A4CDC" w:rsidP="00FD5A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="002237F5" w:rsidRPr="00C40B5D" w:rsidSect="0014138A">
-          <w:headerReference w:type="default" r:id="rId17"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="450" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:display="firstPage" w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
           </w:pgBorders>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -3767,51 +3717,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4795" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6474B9EE" w14:textId="77777777" w:rsidR="00F864FB" w:rsidRPr="00165CD1" w:rsidRDefault="00F864FB" w:rsidP="0084444B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00165CD1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00165CD1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://msucom.medtricslab.com/users/login/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00165CD1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation. Students can also access pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their Medtrics accounts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="552C5A0B" w14:textId="0ACCD475" w:rsidR="00F864FB" w:rsidRPr="00165CD1" w:rsidRDefault="00D22B56" w:rsidP="00D22B56">
@@ -4117,51 +4067,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1D3096" w14:textId="64291841" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="54829941" w:rsidP="00F37909">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Confirmation of approval from the IOR is to be sent to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00D10807" w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>COM.Clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D10807" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">for final clerkship approval and </w:t>
       </w:r>
       <w:r w:rsidR="00E0628C" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>scheduling</w:t>
@@ -4645,51 +4595,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Student must complete five core rotations prior to any elective rotation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1397D7AE" w14:textId="77777777" w:rsidR="00EE2CCB" w:rsidRPr="00C2325B" w:rsidRDefault="00EE2CCB" w:rsidP="00F37909">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2325B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the student’s responsibility to provide the elective site/rotation acceptance material to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00C2325B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>COM.Clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C2325B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for MSU confirmation and scheduling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4339E7D5" w14:textId="77777777" w:rsidR="00EE2CCB" w:rsidRPr="00C2325B" w:rsidRDefault="00EE2CCB" w:rsidP="00F37909">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -5381,51 +5331,51 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="005879BF" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>addition to the above course-specific goals and learning objectives, this clerkship rotation also facilitates student progress in attaining the College Program Objectives</w:t>
       </w:r>
       <w:r w:rsidR="0013375E" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00997621" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Please refer to the complete list provided on the MSUCOM website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00843721" w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>https://com.msu.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00997621" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C51135" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in the Student Handbook.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC5AC51" w14:textId="77777777" w:rsidR="004A14A0" w:rsidRPr="00C40B5D" w:rsidRDefault="004A14A0" w:rsidP="000602B1">
@@ -5485,51 +5435,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9E9912" w14:textId="79B64B10" w:rsidR="009A1109" w:rsidRPr="00165CD1" w:rsidRDefault="7943D736" w:rsidP="00702488">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc106630800"/>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Desire 2 Learn (D2L): </w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Please find online content for this course in D2L (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00165CD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://d2l.msu.edu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>). Once logged in</w:t>
       </w:r>
       <w:r w:rsidR="0C1B4AB5" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> with your MSU Net ID</w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -6072,51 +6022,51 @@
       </w:r>
       <w:r w:rsidR="0013375E" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Students will receive an email from Medtrics to select the attending 7 days prior to the end of the rotation. Should your rotation lack a rotation description or if you have any questions, please contact</w:t>
       </w:r>
       <w:r w:rsidR="002876A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="002876A8" w:rsidRPr="00701743">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>COM.Clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00835A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon selecting the attending physician directed within the Medtrics rotation description, the attending physician will receive an automated email link connecting them to their assigned Attending Evaluation within Medtrics. </w:t>
       </w:r>
@@ -6225,51 +6175,51 @@
         <w:t>Student Evaluation of Clerkship Rotation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="3416CC4C" w14:textId="6104DC25" w:rsidR="008C517A" w:rsidRPr="00C64213" w:rsidRDefault="00C64213" w:rsidP="00702488">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="36"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00165CD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://msucom.medtricslab.com/users/login/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation</w:t>
       </w:r>
       <w:r w:rsidR="008373C4" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the respective rotation</w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Students can also access </w:t>
@@ -8658,51 +8608,51 @@
       </w:pPr>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">It is the </w:t>
       </w:r>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">student’s </w:t>
       </w:r>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>responsibility to notify the Clerkship Office (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="33D9FDD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>com.clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>) immediately if they are placed on quarantine or contract COVID</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and follow all MSUCOM COVID policies and procedures</w:t>
       </w:r>
       <w:r w:rsidRPr="33D9FDD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8794,99 +8744,99 @@
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053677A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>MSUCOM requires student participation in clerkship rotations and clinical activities with consistent attendance to acquire the skills and knowledge necessary for successful program completion</w:t>
       </w:r>
       <w:r w:rsidR="00835A79" w:rsidRPr="0053677A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0053677A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This policy will define the policy and procedures regarding absences for clerkship activities. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="0047438E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Policy_-_Clerkship_Absence_2025.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="582E6479" w14:textId="0A1C9D05" w:rsidR="006E1B5D" w:rsidRPr="00004678" w:rsidRDefault="00902AE6" w:rsidP="00004678">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc213846607"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>POLICY FOR MEDICAL STUDENT SUPERVISION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="081A8948" w14:textId="197A6442" w:rsidR="00C50401" w:rsidRPr="00C50401" w:rsidRDefault="008B6A5D" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00C50401">
         <w:t xml:space="preserve">The MSUCOM curriculum includes required clinical experiences in a variety of clinical learning </w:t>
       </w:r>
       <w:r w:rsidR="008F56AC" w:rsidRPr="00C50401">
         <w:t xml:space="preserve">environments. </w:t>
       </w:r>
       <w:r w:rsidR="089D8652" w:rsidRPr="00C50401">
         <w:t>The Medical</w:t>
       </w:r>
       <w:r w:rsidR="00D375A9" w:rsidRPr="00C50401">
         <w:t xml:space="preserve"> Student Supervision Policy outlines all </w:t>
       </w:r>
       <w:r w:rsidR="00DC7EED" w:rsidRPr="00C50401">
         <w:t>supervision agreements and expectations</w:t>
       </w:r>
       <w:r w:rsidR="00142CFA" w:rsidRPr="00C50401">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00C50401" w:rsidRPr="00C50401">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Clerkship Medical Student Supervision Policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7ABD18FC" w14:textId="7C014E11" w:rsidR="008B6A5D" w:rsidRPr="00C40B5D" w:rsidRDefault="008B6A5D" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390C56A7" w14:textId="6EC0E269" w:rsidR="00827850" w:rsidRPr="00551027" w:rsidRDefault="00827850" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -8921,51 +8871,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> for students in the Doctor of Osteopathic Medicine program. This handbook does not supersede other Michigan State University or College of Osteopathic Medicine policies, regulations, </w:t>
       </w:r>
       <w:r w:rsidR="00177AFE">
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>agreements,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or guidelines.</w:t>
       </w:r>
       <w:r w:rsidR="0055268A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="0055268A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/student-handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0055268A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B107EC3" w14:textId="77777777" w:rsidR="00C82EC8" w:rsidRPr="00C82EC8" w:rsidRDefault="00C82EC8" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DF1C67D" w14:textId="61A76A0B" w:rsidR="00F77BE2" w:rsidRPr="002422D9" w:rsidRDefault="00F77BE2" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -8976,51 +8926,51 @@
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00DC43A9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7209F80C" w14:textId="4DFF97AE" w:rsidR="00F77BE2" w:rsidRPr="00D07691" w:rsidRDefault="00F77BE2" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="002422D9">
         <w:t>The Common Ground Framework provides the MSUCOM community with a reminder of the unity of mind, body</w:t>
       </w:r>
       <w:r w:rsidR="00C85BED">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A70D2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002422D9">
         <w:t>and spirit that underlines the field of osteopathic medicine. The framework is a set of guiding, foundational principles that underpin professional conduct and integrity and applies to all professionals at work within the shared college community, independent of their specific roles or responsibilities.</w:t>
       </w:r>
       <w:r w:rsidR="001323D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="001323D3" w:rsidRPr="001323D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F8FE7B2" w14:textId="2281CD67" w:rsidR="00EE26CC" w:rsidRPr="00726AB4" w:rsidRDefault="00EE26CC" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FF9B597" w14:textId="77777777" w:rsidR="00726AB4" w:rsidRPr="0096296A" w:rsidRDefault="00726AB4" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc213846610"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>Medical Student Rights and Responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="0096296A">
@@ -9068,51 +9018,51 @@
       </w:r>
       <w:r w:rsidR="007F0BA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>College of Veterinary Medicine. Students enrolled in the professional curricula of these colleges are identified as “medical students</w:t>
       </w:r>
       <w:r w:rsidR="00142CFA" w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.”</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> These colleges collectively define “Medical Student Rights and Responsibilities” (MSRR). This document addresses academic rights and responsibilities, governance, procedures for complaints, due process, and other topics. The current version is available on the MSU Spartan Life website at the address below: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00E20D8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F3D054" w14:textId="7E8BE407" w:rsidR="0003153D" w:rsidRPr="00C40B5D" w:rsidRDefault="0003153D" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -9237,51 +9187,51 @@
     <w:p w14:paraId="2B3D480A" w14:textId="77777777" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6901697E" w14:textId="4FCED85E" w:rsidR="00CD18CF" w:rsidRDefault="00CD18CF" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="70FB6F6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Further, students must use secure email when working in a hospital, clinic, or other health care setting if discussion of patient information is involved. MSUNet (msu.edu) email is secure; many web-based email systems including Hotmail, Gmail, and Yahoo are not.</w:t>
       </w:r>
       <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/student-handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00835A79" w:rsidRPr="0055268A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02DABCAD" w14:textId="77777777" w:rsidR="002952A5" w:rsidRDefault="002952A5" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -9315,51 +9265,51 @@
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="3E9E4092" w14:textId="77777777" w:rsidR="009F475F" w:rsidRPr="005F7800" w:rsidRDefault="009F475F" w:rsidP="009F475F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7800">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This policy guides the responsible and ethical use of artificial intelligence (AI) tools by MSUCOM medical students during their academic and clinical training.  It aims to support innovation and learning while upholding academic integrity, professionalism, patient safety, and data privacy.  As AI tools are a rapidly evolving technology, this policy will be reviewed annually but may have updates sooner if institutional guidelines, policies, or accreditation standards change.  Students are responsible for staying informed of any changes.  The most up-to-date policy can be found here:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="005F7800">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>AI_Use_Policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="64C09E5C" w14:textId="77777777" w:rsidR="0096296A" w:rsidRDefault="0096296A" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31234C92" w14:textId="2FB46EC4" w:rsidR="002952A5" w:rsidRPr="0096296A" w:rsidRDefault="002952A5" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -9428,51 +9378,51 @@
       </w:r>
       <w:r w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="008F56AC" w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>promote</w:t>
       </w:r>
       <w:r w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a clinical learning environment in which duty hours are monitored and strategies exist to mitigate the effects of fatigue.</w:t>
       </w:r>
       <w:r w:rsidR="000512F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="000512F6" w:rsidRPr="000512F6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Clerkship Duty Hours and Fatigue Mitigation Policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0EB63916" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRDefault="00EC72B0" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54DBC076" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00EC72B0" w:rsidP="00702488">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -9531,94 +9481,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be found </w:t>
       </w:r>
       <w:r w:rsidR="00F04608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">here: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D734410" w14:textId="5E63FA92" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00F04608" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="001F790F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0077091A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A06E172" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00EC72B0" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15039EC5" w14:textId="01607B48" w:rsidR="00EC72B0" w:rsidRPr="00200481" w:rsidRDefault="00EC72B0" w:rsidP="00702488">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200481">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Contact Associate Dean for Clerkship Education, Dr. Susan Enright (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00200481">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>enright4@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00200481">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>), if exposure incident occurs</w:t>
       </w:r>
       <w:r w:rsidR="00835A79" w:rsidRPr="00200481">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00835A79">
         <w:rPr>
@@ -9802,93 +9752,93 @@
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>(RCPD)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">517-884-RCPD, or on the web at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId38">
         <w:r w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.rcpd.msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>Once a student’s eligibility for (clinical and/or testing) accommodation</w:t>
       </w:r>
       <w:r>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">determined, the student may be issued </w:t>
       </w:r>
       <w:r>
         <w:t>an Accommodation Letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">. Students must present </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">their letter </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>to the Clerkship Team (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId39">
         <w:r w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>COM.Clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10209,52 +10159,52 @@
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>forward.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0201F304" w14:textId="77777777" w:rsidR="00B17123" w:rsidRDefault="00B17123" w:rsidP="00702488">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="588E3D05" w14:textId="77777777" w:rsidR="001C4F82" w:rsidRPr="00C40B5D" w:rsidRDefault="001C4F82" w:rsidP="005A7999">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="001C4F82" w:rsidRPr="00C40B5D" w:rsidSect="007B3967">
-          <w:footerReference w:type="default" r:id="rId41"/>
-          <w:footerReference w:type="first" r:id="rId42"/>
+          <w:footerReference w:type="default" r:id="rId40"/>
+          <w:footerReference w:type="first" r:id="rId41"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="990" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4937E1F0" w14:textId="77777777" w:rsidR="005F0799" w:rsidRDefault="007D13F7" w:rsidP="00B17123">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-1080"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc76108467"/>
       <w:bookmarkStart w:id="62" w:name="_Toc92977603"/>
       <w:bookmarkStart w:id="63" w:name="_Toc93754575"/>
       <w:bookmarkStart w:id="64" w:name="_Toc213846615"/>
       <w:r w:rsidRPr="00B17123">
@@ -11578,100 +11528,100 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A38BB92" w14:textId="6FB03981" w:rsidR="007D13F7" w:rsidRDefault="007D13F7" w:rsidP="007D13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D80B8F9" w14:textId="5DDFCAE4" w:rsidR="007D13F7" w:rsidRDefault="007D13F7" w:rsidP="007D13F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="007D13F7" w:rsidSect="0014138A">
-          <w:headerReference w:type="first" r:id="rId43"/>
+          <w:headerReference w:type="first" r:id="rId42"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1574C6F0" w14:textId="77777777" w:rsidR="007F30E1" w:rsidRPr="007F30E1" w:rsidRDefault="007F30E1" w:rsidP="007F30E1">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EF262D6" wp14:editId="43C6983D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>285750</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3968496" cy="621792"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44" cstate="print">
+                    <a:blip r:embed="rId43" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3968496" cy="621792"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -11954,53 +11904,53 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="4472C4">
                               <a:shade val="50000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 2" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#2f528f" strokeweight="1pt" w14:anchorId="314563CB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;">
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="244EB986" id="Rectangle 2" o:spid="_x0000_s1026" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" filled="f" strokecolor="#2f528f" strokeweight="1pt">
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>My own observations and interactions with the student.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752EE827" w14:textId="0332F3F5" w:rsidR="007F30E1" w:rsidRPr="007F30E1" w:rsidRDefault="007F30E1" w:rsidP="007F30E1">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
@@ -12029,53 +11979,53 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="4472C4">
                               <a:shade val="50000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 3" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#2f528f" strokeweight="1pt" w14:anchorId="736727B1" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;">
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="0E021127" id="Rectangle 3" o:spid="_x0000_s1026" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" filled="f" strokecolor="#2f528f" strokeweight="1pt">
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Feedback received from other faculty and/or resident </w:t>
       </w:r>
       <w:r w:rsidR="008F56AC" w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>supervisors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="238D17AE" w14:textId="77777777" w:rsidR="007F30E1" w:rsidRPr="007F30E1" w:rsidRDefault="007F30E1" w:rsidP="007F30E1">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -12145,53 +12095,53 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="4472C4">
                               <a:shade val="50000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 4" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#2f528f" strokeweight="1pt" w14:anchorId="19FA2D44" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;">
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="7F66543B" id="Rectangle 4" o:spid="_x0000_s1026" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" filled="f" strokecolor="#2f528f" strokeweight="1pt">
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>YES</w:t>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
@@ -12227,53 +12177,53 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="4472C4">
                               <a:shade val="50000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 6" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#2f528f" strokeweight="1pt" w14:anchorId="3C958E39" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;">
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="0B75FFA3" id="Rectangle 6" o:spid="_x0000_s1026" style="width:12pt;height:9.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkCdNLXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+0ETtsFdYogRYcB&#10;RVsgHXpmZCk2oK9RSpzu14+SnSbodhqWg0KK1KP0+Oib24PRbC8xdM7WfHJRciatcE1ntzX/8XL/&#10;5ZqzEME2oJ2VNX+Tgd8uPn+66f1cTl3rdCOREYgN897XvI3Rz4siiFYaCBfOS0tB5dBAJBe3RYPQ&#10;E7rRxbQsL4veYePRCRkC7d4NQb7I+EpJEZ+UCjIyXXO6W8wr5nWT1mJxA/Mtgm87MV4D/uEWBjpL&#10;Rd+h7iAC22H3B5TpBLrgVLwQzhROqU7I/AZ6zaT88Jp1C17mtxA5wb/TFP4frHjcr/0zEg29D/NA&#10;ZnrFQaFJ/3Q/dshkvb2TJQ+RCdqczKZVSZQKCk2m5eUsk1mcDnsM8Zt0hiWj5ki9yBTB/iFEKkip&#10;x5RUy7r7TuvcD21Zn0CvMj6QLJSGSKWMb2oe7JYz0FvSm4iYIYPTXZOOJ6CA281KI9sD9byqrqar&#10;akhqoZHD7qykX+o93WFMH+xznHS5OwjtcCSXGORiukia1Z2p+XUCOiJpm8rLrLrxiSdSk7Vxzdsz&#10;MnSDDIMX9x0VeYAQnwFJd0QnzVJ8okVpRxy40eKsdfjrb/spn+RAUc560jHx83MHKDnT3y0J5euk&#10;qpLws1PNrqbk4Hlkcx6xO7NyRNuEptaLbKb8qI+mQmdeaeSWqSqFwAqqPXRidFZxmC8aWiGXy5xG&#10;YvcQH+zaiwSeeEr0vhxeAf0okEjKenRHzcP8g06G3EEpy110qssiOvFKHUwODUru5TjUaRLP/Zx1&#10;+vQsfgMAAP//AwBQSwMEFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsKUSorVbYkSj3BBIuC7doVvtzjbdLdR/z+BFL5O8vJc338vng2vEEbtQ&#10;e1IwGScgkEpvaqoUbDdvowcQIWoyuvGECn4wwLy4vsp1ZvyJPvG4jpXgEgqZVmBjbDMpQ2nR6TD2&#10;LRJ7B985HVl2lTSdPnG5a2SaJDPpdE38weoWXyyW3+veKXinxW5xf7jr7fJrN129TtJt+uGUur0Z&#10;np9ARBziXxgu+IwOBTPtfU8miEYBD4m/l710ymrPmccEZJHL/+zFGQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGQJ00teAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOZgFtPaAAAAAwEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" filled="f" strokecolor="#2f528f" strokeweight="1pt">
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>NO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3827F9" w14:textId="77777777" w:rsidR="007F30E1" w:rsidRPr="007F30E1" w:rsidRDefault="007F30E1" w:rsidP="007F30E1">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F30E1">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
@@ -12813,51 +12763,51 @@
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F30E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work ethic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B7B6A1E" w14:textId="77777777" w:rsidR="00291DED" w:rsidRDefault="00291DED" w:rsidP="00B17123">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00291DED" w:rsidSect="0014138A">
-      <w:headerReference w:type="first" r:id="rId45"/>
+      <w:headerReference w:type="first" r:id="rId44"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="48719F24" w14:textId="77777777" w:rsidR="005806D4" w:rsidRDefault="005806D4" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0AC2C45E" w14:textId="77777777" w:rsidR="005806D4" w:rsidRDefault="005806D4" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17185,50 +17135,51 @@
     <w:rsid w:val="00077C10"/>
     <w:rsid w:val="000801F8"/>
     <w:rsid w:val="00082AC2"/>
     <w:rsid w:val="00082CAA"/>
     <w:rsid w:val="00085214"/>
     <w:rsid w:val="0009066D"/>
     <w:rsid w:val="00090E68"/>
     <w:rsid w:val="0009293F"/>
     <w:rsid w:val="00094508"/>
     <w:rsid w:val="000964F0"/>
     <w:rsid w:val="00097BE4"/>
     <w:rsid w:val="000A08A0"/>
     <w:rsid w:val="000A090B"/>
     <w:rsid w:val="000A217E"/>
     <w:rsid w:val="000A3485"/>
     <w:rsid w:val="000A3921"/>
     <w:rsid w:val="000A49C6"/>
     <w:rsid w:val="000A4EC7"/>
     <w:rsid w:val="000A6D69"/>
     <w:rsid w:val="000A7FEA"/>
     <w:rsid w:val="000B0BA6"/>
     <w:rsid w:val="000B10AE"/>
     <w:rsid w:val="000B16CD"/>
     <w:rsid w:val="000B244F"/>
     <w:rsid w:val="000B478B"/>
+    <w:rsid w:val="000B49A1"/>
     <w:rsid w:val="000B7DCB"/>
     <w:rsid w:val="000C05EE"/>
     <w:rsid w:val="000C14DA"/>
     <w:rsid w:val="000C2589"/>
     <w:rsid w:val="000C3C4D"/>
     <w:rsid w:val="000C59C8"/>
     <w:rsid w:val="000C65F8"/>
     <w:rsid w:val="000C6A23"/>
     <w:rsid w:val="000D015E"/>
     <w:rsid w:val="000D2706"/>
     <w:rsid w:val="000D2E92"/>
     <w:rsid w:val="000D3DDA"/>
     <w:rsid w:val="000D48C0"/>
     <w:rsid w:val="000D4E84"/>
     <w:rsid w:val="000D56BB"/>
     <w:rsid w:val="000D6327"/>
     <w:rsid w:val="000D6F70"/>
     <w:rsid w:val="000D78D9"/>
     <w:rsid w:val="000D7F47"/>
     <w:rsid w:val="000E03A1"/>
     <w:rsid w:val="000E1AF0"/>
     <w:rsid w:val="000E5911"/>
     <w:rsid w:val="000E5B1E"/>
     <w:rsid w:val="000E6B89"/>
     <w:rsid w:val="000E6F30"/>
@@ -17249,50 +17200,51 @@
     <w:rsid w:val="00100C26"/>
     <w:rsid w:val="001037C6"/>
     <w:rsid w:val="00103DB3"/>
     <w:rsid w:val="0010437F"/>
     <w:rsid w:val="00104B2B"/>
     <w:rsid w:val="00104EC3"/>
     <w:rsid w:val="00105617"/>
     <w:rsid w:val="001070EA"/>
     <w:rsid w:val="0010740C"/>
     <w:rsid w:val="00107916"/>
     <w:rsid w:val="0011095F"/>
     <w:rsid w:val="001127DD"/>
     <w:rsid w:val="00112E1B"/>
     <w:rsid w:val="00112EE7"/>
     <w:rsid w:val="00113916"/>
     <w:rsid w:val="00114C8F"/>
     <w:rsid w:val="001153B2"/>
     <w:rsid w:val="001168B7"/>
     <w:rsid w:val="001176ED"/>
     <w:rsid w:val="00117B63"/>
     <w:rsid w:val="001208EF"/>
     <w:rsid w:val="0012109C"/>
     <w:rsid w:val="00122A1E"/>
     <w:rsid w:val="00122D3A"/>
     <w:rsid w:val="00123803"/>
+    <w:rsid w:val="001262B9"/>
     <w:rsid w:val="0012639A"/>
     <w:rsid w:val="001269D7"/>
     <w:rsid w:val="00126AFC"/>
     <w:rsid w:val="00127DEC"/>
     <w:rsid w:val="00127E04"/>
     <w:rsid w:val="0013015C"/>
     <w:rsid w:val="001323D3"/>
     <w:rsid w:val="001328B4"/>
     <w:rsid w:val="001334CC"/>
     <w:rsid w:val="0013375E"/>
     <w:rsid w:val="00133B6D"/>
     <w:rsid w:val="00134168"/>
     <w:rsid w:val="001344AD"/>
     <w:rsid w:val="001369D7"/>
     <w:rsid w:val="001379B9"/>
     <w:rsid w:val="00137CE1"/>
     <w:rsid w:val="001404A4"/>
     <w:rsid w:val="0014111C"/>
     <w:rsid w:val="0014138A"/>
     <w:rsid w:val="00141639"/>
     <w:rsid w:val="001422AA"/>
     <w:rsid w:val="00142CFA"/>
     <w:rsid w:val="00145B27"/>
     <w:rsid w:val="00145CC0"/>
     <w:rsid w:val="00146883"/>
@@ -17572,50 +17524,51 @@
     <w:rsid w:val="00324F8D"/>
     <w:rsid w:val="0032634E"/>
     <w:rsid w:val="003266CF"/>
     <w:rsid w:val="00330825"/>
     <w:rsid w:val="00330DDD"/>
     <w:rsid w:val="00331AFE"/>
     <w:rsid w:val="003321BC"/>
     <w:rsid w:val="00334304"/>
     <w:rsid w:val="00335B64"/>
     <w:rsid w:val="00336014"/>
     <w:rsid w:val="003361BF"/>
     <w:rsid w:val="0033686B"/>
     <w:rsid w:val="003368F7"/>
     <w:rsid w:val="00336F67"/>
     <w:rsid w:val="003372FF"/>
     <w:rsid w:val="003373E2"/>
     <w:rsid w:val="0034095D"/>
     <w:rsid w:val="00340F75"/>
     <w:rsid w:val="003415C9"/>
     <w:rsid w:val="00342710"/>
     <w:rsid w:val="00343E09"/>
     <w:rsid w:val="003442A7"/>
     <w:rsid w:val="003444C7"/>
     <w:rsid w:val="00344940"/>
     <w:rsid w:val="00344DCB"/>
+    <w:rsid w:val="00346829"/>
     <w:rsid w:val="0034687D"/>
     <w:rsid w:val="00346AE1"/>
     <w:rsid w:val="00347616"/>
     <w:rsid w:val="003515B1"/>
     <w:rsid w:val="00353081"/>
     <w:rsid w:val="00353B85"/>
     <w:rsid w:val="00355156"/>
     <w:rsid w:val="0035588A"/>
     <w:rsid w:val="00356709"/>
     <w:rsid w:val="0035686A"/>
     <w:rsid w:val="00357E05"/>
     <w:rsid w:val="003603B5"/>
     <w:rsid w:val="00360E21"/>
     <w:rsid w:val="00361507"/>
     <w:rsid w:val="0036173C"/>
     <w:rsid w:val="00364859"/>
     <w:rsid w:val="003649E2"/>
     <w:rsid w:val="00364DA2"/>
     <w:rsid w:val="003654DC"/>
     <w:rsid w:val="003658A1"/>
     <w:rsid w:val="003672EC"/>
     <w:rsid w:val="003706DC"/>
     <w:rsid w:val="00370D9E"/>
     <w:rsid w:val="003735B5"/>
     <w:rsid w:val="003735F2"/>
@@ -17877,50 +17830,51 @@
     <w:rsid w:val="00542BFB"/>
     <w:rsid w:val="005455DD"/>
     <w:rsid w:val="005456C7"/>
     <w:rsid w:val="0054754A"/>
     <w:rsid w:val="00547D98"/>
     <w:rsid w:val="005500E5"/>
     <w:rsid w:val="00550B50"/>
     <w:rsid w:val="00551027"/>
     <w:rsid w:val="0055268A"/>
     <w:rsid w:val="005529C3"/>
     <w:rsid w:val="00552FF3"/>
     <w:rsid w:val="005532E4"/>
     <w:rsid w:val="005546B6"/>
     <w:rsid w:val="00555607"/>
     <w:rsid w:val="0055670B"/>
     <w:rsid w:val="00561653"/>
     <w:rsid w:val="005620AD"/>
     <w:rsid w:val="00562F84"/>
     <w:rsid w:val="00563014"/>
     <w:rsid w:val="00565034"/>
     <w:rsid w:val="00565E20"/>
     <w:rsid w:val="0056611F"/>
     <w:rsid w:val="005662E9"/>
     <w:rsid w:val="0057048D"/>
     <w:rsid w:val="0057341C"/>
+    <w:rsid w:val="0057384B"/>
     <w:rsid w:val="005746DA"/>
     <w:rsid w:val="00574A9F"/>
     <w:rsid w:val="00574AF1"/>
     <w:rsid w:val="0057603C"/>
     <w:rsid w:val="005768ED"/>
     <w:rsid w:val="00579CDC"/>
     <w:rsid w:val="005806D4"/>
     <w:rsid w:val="0058265C"/>
     <w:rsid w:val="00582778"/>
     <w:rsid w:val="00583A1C"/>
     <w:rsid w:val="005842A5"/>
     <w:rsid w:val="005848B8"/>
     <w:rsid w:val="00586E35"/>
     <w:rsid w:val="00587459"/>
     <w:rsid w:val="005879BF"/>
     <w:rsid w:val="00591F04"/>
     <w:rsid w:val="00592B89"/>
     <w:rsid w:val="005936D4"/>
     <w:rsid w:val="00593906"/>
     <w:rsid w:val="00593B54"/>
     <w:rsid w:val="00594208"/>
     <w:rsid w:val="005952C6"/>
     <w:rsid w:val="005A09E5"/>
     <w:rsid w:val="005A1841"/>
     <w:rsid w:val="005A2923"/>
@@ -18024,50 +17978,51 @@
     <w:rsid w:val="00634426"/>
     <w:rsid w:val="00635622"/>
     <w:rsid w:val="00635D0B"/>
     <w:rsid w:val="00636FD1"/>
     <w:rsid w:val="00637E11"/>
     <w:rsid w:val="00640D55"/>
     <w:rsid w:val="00641367"/>
     <w:rsid w:val="00641C5A"/>
     <w:rsid w:val="00641EED"/>
     <w:rsid w:val="00642284"/>
     <w:rsid w:val="006422BF"/>
     <w:rsid w:val="006422EC"/>
     <w:rsid w:val="00642E75"/>
     <w:rsid w:val="0064307A"/>
     <w:rsid w:val="0064611B"/>
     <w:rsid w:val="006462FA"/>
     <w:rsid w:val="0064673A"/>
     <w:rsid w:val="00646DD3"/>
     <w:rsid w:val="00652EC1"/>
     <w:rsid w:val="006532B3"/>
     <w:rsid w:val="0065577A"/>
     <w:rsid w:val="006573C7"/>
     <w:rsid w:val="00661C68"/>
     <w:rsid w:val="0066214A"/>
     <w:rsid w:val="006630FF"/>
+    <w:rsid w:val="006631BE"/>
     <w:rsid w:val="006653EE"/>
     <w:rsid w:val="00665F7F"/>
     <w:rsid w:val="0067006D"/>
     <w:rsid w:val="006719E0"/>
     <w:rsid w:val="00672FC7"/>
     <w:rsid w:val="00673365"/>
     <w:rsid w:val="006734AE"/>
     <w:rsid w:val="006749E3"/>
     <w:rsid w:val="00674ADF"/>
     <w:rsid w:val="00676DE6"/>
     <w:rsid w:val="00680EA7"/>
     <w:rsid w:val="0068102E"/>
     <w:rsid w:val="00684A87"/>
     <w:rsid w:val="006856EE"/>
     <w:rsid w:val="00685954"/>
     <w:rsid w:val="0068598D"/>
     <w:rsid w:val="00685E04"/>
     <w:rsid w:val="00686D09"/>
     <w:rsid w:val="00692BC7"/>
     <w:rsid w:val="006951FD"/>
     <w:rsid w:val="006955E3"/>
     <w:rsid w:val="00695EB3"/>
     <w:rsid w:val="006961E0"/>
     <w:rsid w:val="00696DC9"/>
     <w:rsid w:val="00697E55"/>
@@ -18206,50 +18161,51 @@
     <w:rsid w:val="007B00C6"/>
     <w:rsid w:val="007B0255"/>
     <w:rsid w:val="007B032B"/>
     <w:rsid w:val="007B0918"/>
     <w:rsid w:val="007B1904"/>
     <w:rsid w:val="007B2A94"/>
     <w:rsid w:val="007B385D"/>
     <w:rsid w:val="007B3967"/>
     <w:rsid w:val="007B3D2B"/>
     <w:rsid w:val="007B5C48"/>
     <w:rsid w:val="007B6947"/>
     <w:rsid w:val="007B7426"/>
     <w:rsid w:val="007C10D4"/>
     <w:rsid w:val="007C11F0"/>
     <w:rsid w:val="007C2863"/>
     <w:rsid w:val="007C354A"/>
     <w:rsid w:val="007C42B8"/>
     <w:rsid w:val="007C442D"/>
     <w:rsid w:val="007C4DAF"/>
     <w:rsid w:val="007C504F"/>
     <w:rsid w:val="007C7C46"/>
     <w:rsid w:val="007D13F7"/>
     <w:rsid w:val="007D3021"/>
     <w:rsid w:val="007D381C"/>
     <w:rsid w:val="007D4C98"/>
+    <w:rsid w:val="007D58F4"/>
     <w:rsid w:val="007D6BDC"/>
     <w:rsid w:val="007D6E46"/>
     <w:rsid w:val="007D7480"/>
     <w:rsid w:val="007E1756"/>
     <w:rsid w:val="007E28C1"/>
     <w:rsid w:val="007E2DC7"/>
     <w:rsid w:val="007E3176"/>
     <w:rsid w:val="007E372E"/>
     <w:rsid w:val="007E37C6"/>
     <w:rsid w:val="007E384A"/>
     <w:rsid w:val="007E6CF8"/>
     <w:rsid w:val="007E77A9"/>
     <w:rsid w:val="007F085F"/>
     <w:rsid w:val="007F0BA2"/>
     <w:rsid w:val="007F19B7"/>
     <w:rsid w:val="007F26C9"/>
     <w:rsid w:val="007F3051"/>
     <w:rsid w:val="007F30E1"/>
     <w:rsid w:val="007F5F86"/>
     <w:rsid w:val="007F63C0"/>
     <w:rsid w:val="007F6A37"/>
     <w:rsid w:val="007F6FCF"/>
     <w:rsid w:val="00804F91"/>
     <w:rsid w:val="00805A84"/>
     <w:rsid w:val="00805BA0"/>
@@ -21651,51 +21607,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1865360056">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vonasekb@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stonest@msu.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5117/5077/8445/Policy_-_Clerkship_Absence_2025.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Katiegs@msu.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:com.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seydel@msu.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Hughesm@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vonasekb@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stonest@msu.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5117/5077/8445/Policy_-_Clerkship_Absence_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Katiegs@msu.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:com.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Hughesm@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21968,281 +21924,217 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="574f10e2-822b-418f-863c-ba78d4428076">
+    <SharedWithUsers xmlns="d55c97ec-b22c-448a-85b3-c0de41af8791">
       <UserInfo>
         <DisplayName>Enright, Susan</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Pfotenhauer, Kim</DisplayName>
         <AccountId>6</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Dunckel, Eric</DisplayName>
         <AccountId>16</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Millikan, Erin</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Williams-Baker, Mariah</DisplayName>
         <AccountId>36</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Gardner, Emily</DisplayName>
         <AccountId>31</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Kroll, Krystal</DisplayName>
         <AccountId>387</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <Lastmodified xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
-[...4 lines deleted...]
-    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075C3CA1D0EC2FF4098631BC89A60C26D" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="44c1ec784ed79d9b9cdfeb1745a750ea">
-[...2 lines deleted...]
-    <xsd:import namespace="2b014413-6982-4c05-9996-2a0d85e0042d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AF85B5A33E7DBB40B724589912FC67B0" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d267baf9814572192f35cfb4588b9841">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f723835f-fdd1-4a3c-80e3-c6e549b1d6ff" xmlns:ns3="d55c97ec-b22c-448a-85b3-c0de41af8791" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd4fd1cbafe4c4a730c7fc0ef6fad087" ns2:_="" ns3:_="">
+    <xsd:import namespace="f723835f-fdd1-4a3c-80e3-c6e549b1d6ff"/>
+    <xsd:import namespace="d55c97ec-b22c-448a-85b3-c0de41af8791"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...18 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="574f10e2-822b-418f-863c-ba78d4428076" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f723835f-fdd1-4a3c-80e3-c6e549b1d6ff" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d55c97ec-b22c-448a-85b3-c0de41af8791" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...104 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -22304,93 +22196,120 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E22BCD-8A6A-417A-B815-19D7093A6256}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d55c97ec-b22c-448a-85b3-c0de41af8791"/>
+    <ds:schemaRef ds:uri="f723835f-fdd1-4a3c-80e3-c6e549b1d6ff"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="2b014413-6982-4c05-9996-2a0d85e0042d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838E748D-C58D-4469-B046-1CF6CA5804F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56475D27-97EC-4FE0-AA84-67DF2B7BB0C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7838620D-9445-4472-B962-F998C9DB6344}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAB7BAB0-1C34-45AD-92A8-65663439D7C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f723835f-fdd1-4a3c-80e3-c6e549b1d6ff"/>
+    <ds:schemaRef ds:uri="d55c97ec-b22c-448a-85b3-c0de41af8791"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{22177130-642f-41d9-9211-74237ad5687d}" enabled="0" method="" siteId="{22177130-642f-41d9-9211-74237ad5687d}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>4840</Words>
-  <Characters>27593</Characters>
+  <Words>4828</Words>
+  <Characters>27523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>229</Lines>
   <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32369</CharactersWithSpaces>
+  <CharactersWithSpaces>32287</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="372" baseType="variant">
       <vt:variant>
         <vt:i4>4456539</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>288</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Required_Prerequisites</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1114230</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -23490,32 +23409,32 @@
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MSUCOM Clerkship Syllabus</dc:title>
   <dc:subject/>
   <dc:creator>Hess, Sarah</dc:creator>
   <cp:keywords>MSUCOM Clerkship Syllabus</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010075C3CA1D0EC2FF4098631BC89A60C26D</vt:lpwstr>
+    <vt:lpwstr>0x010100AF85B5A33E7DBB40B724589912FC67B0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>