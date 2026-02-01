--- v0 (2026-01-08)
+++ v1 (2026-02-01)
@@ -47,51 +47,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="008E0ECA" wp14:editId="77AD67F9">
             <wp:extent cx="3943350" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Michigan State University Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                          <adec:decorative xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" val="1"/>
+                          <adec:decorative xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3943350" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1452426F" w14:textId="00E55A99" w:rsidR="007D7480" w:rsidRPr="00C40B5D" w:rsidRDefault="007D7480" w:rsidP="00022296">
       <w:pPr>
@@ -146,310 +146,358 @@
           <w:szCs w:val="72"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44908">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Board Preparation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626797F8" w14:textId="77777777" w:rsidR="00C44908" w:rsidRPr="001613D1" w:rsidRDefault="00C44908" w:rsidP="00C44908">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27E1EB3C" w14:textId="77777777" w:rsidR="00A54D0A" w:rsidRPr="001613D1" w:rsidRDefault="00A54D0A" w:rsidP="00B611BC">
+    <w:p w14:paraId="27E1EB3C" w14:textId="77777777" w:rsidR="00A54D0A" w:rsidRDefault="00A54D0A" w:rsidP="00B611BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6413559A" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="001613D1" w:rsidRDefault="00040C05" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF77968" w14:textId="3B2ACFAD" w:rsidR="00100062" w:rsidRDefault="002732BC" w:rsidP="009F40C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3208A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">CLERKSHIP </w:t>
       </w:r>
       <w:r w:rsidR="00100062" w:rsidRPr="00A3208A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>ELECTIVE ROTATION SYLLABUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CDA921" w14:textId="77777777" w:rsidR="00B1409B" w:rsidRPr="002F32EC" w:rsidRDefault="00B1409B" w:rsidP="00B1409B">
+    <w:p w14:paraId="22CDA921" w14:textId="77777777" w:rsidR="00B1409B" w:rsidRPr="00040C05" w:rsidRDefault="00B1409B" w:rsidP="00B1409B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="1517" w:right="816"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F32EC">
+      <w:r w:rsidRPr="00040C05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>(Nonclinical Rotation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD63D47" w14:textId="77777777" w:rsidR="00A54D0A" w:rsidRDefault="00A54D0A" w:rsidP="00586797">
+    <w:p w14:paraId="1FD63D47" w14:textId="77777777" w:rsidR="00A54D0A" w:rsidRPr="001613D1" w:rsidRDefault="00A54D0A" w:rsidP="00586797">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="528AD84D" w14:textId="77777777" w:rsidR="00463133" w:rsidRPr="001613D1" w:rsidRDefault="00463133" w:rsidP="00586797">
-[...10 lines deleted...]
-    <w:p w14:paraId="2BACC8FE" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="002F32EC" w:rsidRDefault="0055260D" w:rsidP="0055260D">
+    <w:p w14:paraId="2BACC8FE" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="0055260D" w:rsidRDefault="0055260D" w:rsidP="0055260D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F32EC">
+      <w:r w:rsidRPr="0055260D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>KIM PFOTENHAUER, D.O., FACOFP, DABOM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA784C7" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="002F32EC" w:rsidRDefault="0055260D" w:rsidP="0055260D">
+    <w:p w14:paraId="1EA784C7" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="00040C05" w:rsidRDefault="0055260D" w:rsidP="0055260D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F32EC">
+      <w:r w:rsidRPr="00040C05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>INSTRUCTOR OF RECORD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9D8B3B" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="002F32EC" w:rsidRDefault="0055260D" w:rsidP="0055260D">
+    <w:p w14:paraId="1B9D8B3B" w14:textId="77777777" w:rsidR="0055260D" w:rsidRPr="00040C05" w:rsidRDefault="0055260D" w:rsidP="0055260D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="002F32EC">
+        <w:r w:rsidRPr="00040C05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="36"/>
             <w:lang w:bidi="en-US"/>
           </w:rPr>
           <w:t>pfotenha@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="387BEF99" w14:textId="393EA0C9" w:rsidR="59A8AC4F" w:rsidRDefault="59A8AC4F" w:rsidP="59A8AC4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="150370C4" w14:textId="77777777" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="67CA04E9" w14:textId="77777777" w:rsidR="00455E67" w:rsidRPr="001613D1" w:rsidRDefault="00455E67" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44DFD73D" w14:textId="2ABCBEEA" w:rsidR="00A93438" w:rsidRDefault="00A93438" w:rsidP="00A93438">
+    <w:p w14:paraId="44DFD73D" w14:textId="5972127E" w:rsidR="00A93438" w:rsidRDefault="00A93438" w:rsidP="00A93438">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001613D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">EFFECTIVE AUGUST 1, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A93C2C" w:rsidRPr="001613D1">
+        <w:t xml:space="preserve">EFFECTIVE </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A93C2C">
+        <w:t>JANUARY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001613D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001613D1">
+        <w:t xml:space="preserve"> 1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93C2C" w:rsidRPr="001613D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> TO JULY 31, 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A149A">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00A93C2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1DED901E" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00B611BC">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001613D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TO </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>DECEMBER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001613D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002A149A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15594149" w14:textId="77777777" w:rsidR="006147A5" w:rsidRDefault="006147A5" w:rsidP="00B611BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="529AF214" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="001613D1" w:rsidRDefault="00040C05" w:rsidP="00B611BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F81E9A2" w14:textId="5C3877E8" w:rsidR="00790546" w:rsidRPr="001613D1" w:rsidRDefault="00790546" w:rsidP="00B611BC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:iCs/>
-[...15 lines deleted...]
-          <w:i/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59A8AC4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions </w:t>
       </w:r>
       <w:r w:rsidR="00E405FF" w:rsidRPr="59A8AC4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
       <w:r w:rsidRPr="59A8AC4F">
@@ -555,2640 +603,2698 @@
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="33FBC770" w14:textId="79067C63" w:rsidR="59A8AC4F" w:rsidRDefault="59A8AC4F" w:rsidP="59A8AC4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55EE0923" w14:textId="72AC0572" w:rsidR="005239D2" w:rsidRPr="00C40B5D" w:rsidRDefault="005239D2" w:rsidP="00B611BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="647ACA31" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="1D9F913C">
+    <w:p w14:paraId="7CF99B53" w14:textId="7725CEB4" w:rsidR="00E405FF" w:rsidRPr="005E20F6" w:rsidRDefault="00E405FF" w:rsidP="1D9F913C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">At </w:t>
+      </w:r>
+      <w:r w:rsidR="00B72C2C" w:rsidRPr="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Michigan State University College of Osteopathic Medicine (MSUCOM)</w:t>
+      </w:r>
       <w:r w:rsidRPr="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">At </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B72C2C" w:rsidRPr="005E20F6">
+        <w:t xml:space="preserve">, we are constantly working to improve our curriculum and to meet accreditation guidelines. We need to meet the challenges of modern medicine that force us to innovate. While changes will generally be instituted at the beginning of the school year, changes may </w:t>
+      </w:r>
+      <w:r w:rsidR="6CC06FD2" w:rsidRPr="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Michigan State University College of Osteopathic Medicine (MSUCOM)</w:t>
+        <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, we are constantly working to improve our curriculum and to meet accreditation guidelines. We need to meet the challenges of modern medicine that force us to innovate. While changes will generally be instituted at the beginning of the school year, changes may </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="6CC06FD2" w:rsidRPr="005E20F6">
+        <w:t>be implemented semester to semester.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509D3FEF" w14:textId="70E27B29" w:rsidR="0066214A" w:rsidRDefault="00E405FF" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">also </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E20F6">
+      </w:pPr>
+      <w:r w:rsidRPr="59A8AC4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>be implemented semester to semester.</w:t>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Please be mindful of the need to read your syllabi before beginning your </w:t>
+      </w:r>
+      <w:r w:rsidR="3F1AE302" w:rsidRPr="59A8AC4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="59A8AC4F">
+        <w:t>rotation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32590387" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please be mindful of the need to read your syllabi before beginning your </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="3F1AE302" w:rsidRPr="59A8AC4F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8A772E" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">rotation. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32590387" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E949D5" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3809BBE8" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRPr="00C40B5D" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+    <w:p w14:paraId="44189076" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092D70BA" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A8AFB95" w14:textId="77777777" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B295BC" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3809BBE8" w14:textId="77777777" w:rsidR="00B648F3" w:rsidRPr="00C40B5D" w:rsidRDefault="00B648F3" w:rsidP="59A8AC4F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60FE1043" w14:textId="77777777" w:rsidR="002F32EC" w:rsidRDefault="002F32EC" w:rsidP="00F16B62">
+    <w:p w14:paraId="752C58C2" w14:textId="1F99213F" w:rsidR="00E756E0" w:rsidRPr="00C40B5D" w:rsidRDefault="009F3242" w:rsidP="00F16B62">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="44"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>TABLE OF CONTENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C0629D" w14:textId="17BF8971" w:rsidR="00541BAE" w:rsidRDefault="005A4CDC">
+    <w:p w14:paraId="69DDA784" w14:textId="1E32EEBA" w:rsidR="00040C05" w:rsidRDefault="005A4CDC">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-5" \f \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214359508" w:history="1">
-        <w:r w:rsidR="00541BAE" w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755180" w:history="1">
+        <w:r w:rsidR="00040C05" w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Rotation Requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00541BAE">
+        <w:r w:rsidR="00040C05">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00541BAE">
+        <w:r w:rsidR="00040C05">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00541BAE">
-[...10 lines deleted...]
-        <w:r w:rsidR="00541BAE">
+        <w:r w:rsidR="00040C05">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755180 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00040C05">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00040C05">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00541BAE">
+        <w:r w:rsidR="00040C05">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00541BAE">
+        <w:r w:rsidR="00040C05">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="669417DF" w14:textId="12D67538" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="777050C3" w14:textId="3AF41CCF" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359509" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755181" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Introduction and Overview</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359509 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755181 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A64A2FF" w14:textId="63E33C6F" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="2AD73291" w14:textId="5306242E" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359510" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755182" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ELECTIVE COURSE SCHEDULING</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359510 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755182 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61CDFA6F" w14:textId="75039E2C" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="1CBBA38B" w14:textId="07B78DD0" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359511" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755183" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Preapproval</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359511 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755183 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="360D6072" w14:textId="565C1B12" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="657DCE2E" w14:textId="366E7FA8" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359512" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755184" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Required Prerequisites</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359512 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755184 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A39D360" w14:textId="324C1092" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="265BADE1" w14:textId="08F9F799" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359513" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755185" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Course Confirmation and Enrollment</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359513 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755185 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="576EDB2C" w14:textId="6A3E9523" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="262A4B2F" w14:textId="25E7A8CF" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359514" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755186" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ROTATION FORMAT</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359514 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755186 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52DB03E5" w14:textId="3B5C6988" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="3F9317A0" w14:textId="154CFE76" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359515" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755187" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>GOALS AND OBJECTIVES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359515 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755187 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37314B06" w14:textId="2618EBD6" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="08FE2EE5" w14:textId="01B3A89B" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359516" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755188" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>GOALS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359516 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755188 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7917EF0E" w14:textId="6E713C4F" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="1A59AB89" w14:textId="2E1727C6" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359517" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755189" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>OBJECTIVES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359517 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755189 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="263AF009" w14:textId="3C792753" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="7D165DEA" w14:textId="07D5531E" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359518" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755190" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COMPETENCIES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359518 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755190 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E175E2A" w14:textId="6E8ED25D" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="5E1DCE38" w14:textId="559C5118" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359519" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755191" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COLLEGE PROGRAM OBJECTIVES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359519 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755191 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21844362" w14:textId="17A634DD" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="387D300F" w14:textId="1FF92154" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359520" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755192" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>REFERENCES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359520 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755192 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A19BD12" w14:textId="1E5B4918" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="35A970A3" w14:textId="04F8161F" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359521" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755193" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>REQUIRED STUDY RESOURCES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359521 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755193 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78775DC3" w14:textId="7101E5A3" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="4052F81A" w14:textId="25E17049" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359522" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755194" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SUGGESTED STUDY RESOURCES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359522 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755194 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1654F635" w14:textId="2E872967" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="4A04E3F2" w14:textId="41BA81E8" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359523" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755195" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Recommended Texts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359523 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755195 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5476062D" w14:textId="5383DE9D" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="38A9A756" w14:textId="5491F038" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359524" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755196" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Recommended Websites</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359524 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755196 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ED7CBA8" w14:textId="2AF17B67" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="5F8561B6" w14:textId="76FE26CF" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359525" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755197" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ASSIGNMENTS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359525 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755197 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47ACC7AB" w14:textId="2E115CA0" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="1B026A4C" w14:textId="0C3B629A" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359526" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755198" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>QUIZZES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359526 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755198 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A74CA94" w14:textId="34366587" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="46B49DA8" w14:textId="42C148FC" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359527" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755199" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ONLINE MODULES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359527 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755199 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D8C7956" w14:textId="1850AF4B" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="1A110AC7" w14:textId="4B890D20" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359528" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755200" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ROTATION EVALUATIONS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359528 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755200 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1117D5D3" w14:textId="12E22304" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="1AD7387B" w14:textId="7C67D6D4" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359529" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755201" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Student Evaluation of Clerkship Rotation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359529 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755201 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A72C39C" w14:textId="1A2D9413" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="4D9E8566" w14:textId="63567033" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359530" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755202" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CORRECTIVE ACTION</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359530 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755202 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7FC72E34" w14:textId="68D251A2" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="5570752B" w14:textId="617CCCB5" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359531" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755203" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COURSE GRADES</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359531 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755203 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17448EBC" w14:textId="4764CEC5" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="564BC7AA" w14:textId="73A79E57" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359532" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755204" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>N Grade Policy</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359532 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755204 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C246FEE" w14:textId="188CCF1B" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="3437A4D1" w14:textId="6B7B45C6" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359533" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755205" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>STUDENT RESPONSIBILITIES AND EXPECTATIONS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359533 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755205 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CE6C8B0" w14:textId="150CD72B" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="55BABA85" w14:textId="5A9FB91A" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359534" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755206" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MSU College of Osteopathic Medicine Standard Policies</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359534 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755206 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CADEFDE" w14:textId="32BDA12C" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="77925CED" w14:textId="60A91FB0" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359535" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755207" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CLERKSHIP ATTENDANCE</w:t>
         </w:r>
-        <w:r w:rsidRPr="00FD3ED4">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-1"/>
           </w:rPr>
           <w:t xml:space="preserve"> POLICY</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359535 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755207 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57D7C8A7" w14:textId="6353FCD8" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="4503DD6B" w14:textId="02E15D80" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359536" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755208" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>POLICY FOR MEDICAL STUDENT SUPERVISION</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359536 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755208 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C398091" w14:textId="07A3F76C" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="40522C4F" w14:textId="59A6F9FE" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359537" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755209" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MSUCOM Student Handbook</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359537 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755209 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1506029C" w14:textId="04996D4F" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="2B7AB5C2" w14:textId="38DADF0D" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359538" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755210" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Common Ground Framework for Professional Conduct</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359538 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755210 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="229EDC89" w14:textId="69F7AFD1" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="1D9B8BE6" w14:textId="66B0FA3D" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359539" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755211" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Medical Student Rights and Responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359539 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755211 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="437F40A5" w14:textId="6AA165C6" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="7352C7C6" w14:textId="54AAD264" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359540" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755212" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>MSU Email</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359540 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755212 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03DFE1B9" w14:textId="7AD02284" w:rsidR="00541BAE" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="49C6F33C" w14:textId="08093C2C" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359541" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755213" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ARTIFICIAL INTELLIGENCE (AI) USAGE POLICY</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359541 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755213 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EE31946" w14:textId="43DE3CDE" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="706E2BD2" w14:textId="30EA6223" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359542" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755214" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>STUDENT EXPOSURE PROCEDURE</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359542 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755214 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="294D6C92" w14:textId="54512E93" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
+    <w:p w14:paraId="4D940E20" w14:textId="2D71295C" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359543" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755215" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>STUDENT ACCOMMODATION LETTERS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359543 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755215 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A4AE439" w14:textId="7C091E34" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="43EEBEC3" w14:textId="497A5C6E" w:rsidR="00040C05" w:rsidRDefault="00040C05">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359544" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755216" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:bidi="en-US"/>
           </w:rPr>
           <w:t>SUMMARY OF GRADING REQUIREMENTS: 2- WEEK ROTATION</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359544 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755216 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4622279D" w14:textId="3B90F5B2" w:rsidR="00541BAE" w:rsidRDefault="00541BAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="39191036" w14:textId="7177868B" w:rsidR="00040C05" w:rsidRDefault="00040C05">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
           <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214359545" w:history="1">
-        <w:r w:rsidRPr="00FD3ED4">
+      <w:hyperlink w:anchor="_Toc218755217" w:history="1">
+        <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:lang w:bidi="en-US"/>
           </w:rPr>
           <w:t>SUMMARY OF GRADING REQUIREMENTS- 4- WEEK ROTATION</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214359545 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218755217 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0198BF39" w14:textId="275681C3" w:rsidR="0089360D" w:rsidRPr="00C40B5D" w:rsidRDefault="005A4CDC" w:rsidP="00FD5A12">
+    <w:p w14:paraId="0198BF39" w14:textId="118FCB80" w:rsidR="0089360D" w:rsidRPr="00C40B5D" w:rsidRDefault="005A4CDC" w:rsidP="00FD5A12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -3241,844 +3347,932 @@
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="450" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:display="firstPage" w:offsetFrom="page">
             <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
           </w:pgBorders>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26043485" w14:textId="77777777" w:rsidR="00F35438" w:rsidRPr="00C40B5D" w:rsidRDefault="00F35438" w:rsidP="00F35438">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc214359508"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc218755180"/>
       <w:r w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Rotation Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="67"/>
-        <w:tblW w:w="10330" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="235"/>
+        <w:tblW w:w="9573" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="115" w:type="dxa"/>
           <w:left w:w="144" w:type="dxa"/>
           <w:bottom w:w="115" w:type="dxa"/>
           <w:right w:w="144" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2956"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3045"/>
+        <w:gridCol w:w="2477"/>
+        <w:gridCol w:w="4802"/>
+        <w:gridCol w:w="2294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00463133" w:rsidRPr="00C40B5D" w14:paraId="6F8A3FF9" w14:textId="2CA3ECAE" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="72F4D405" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="401"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5F8B7E" w14:textId="77777777" w:rsidR="00463133" w:rsidRPr="00515EC5" w:rsidRDefault="00463133" w:rsidP="006040AA">
+          <w:p w14:paraId="310007C8" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00515EC5" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00515EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>REQUIREMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4329" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E770498" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="006040AA">
+          <w:p w14:paraId="69375673" w14:textId="77777777" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00515EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SUBMISSION METHOD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06F7E7F4" w14:textId="1271FC04" w:rsidR="00463133" w:rsidRPr="00515EC5" w:rsidRDefault="00463133" w:rsidP="006040AA">
+          <w:p w14:paraId="0AFC6EF8" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00515EC5" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="7ACAF297">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for submission due dates, refer to table at the end of the syllabus)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27BB88AF" w14:textId="1A7B13B4" w:rsidR="00463133" w:rsidRPr="00515EC5" w:rsidRDefault="0095357B" w:rsidP="006040AA">
+          <w:p w14:paraId="1139D6DF" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00515EC5" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011161F">
+            <w:r w:rsidRPr="36891B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>APPROVED LEVEL OF ARTIFICIAL INTELLIGENCE (AI) USAGE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...24 lines deleted...]
-      <w:tr w:rsidR="00463133" w14:paraId="047A13B6" w14:textId="6B1F82AF" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="0057603C" w14:paraId="0659F4F2" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="689"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5BC8CA" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="3576A7B2" w14:textId="78AEFA87" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:left="64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Initial Zoom Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="240C3673" w14:textId="6BCE012E" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Attendance on Zoom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2294" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0391AB01" w14:textId="09EB1185" w:rsidR="00040C05" w:rsidRPr="00165CD1" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="589B3809" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="186"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="59103087" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="35"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E32CC3D" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="4416A881" w14:textId="5D229DC2" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="662"/>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:left="64"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Board Study Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD23EB7" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="0012646B">
+          <w:p w14:paraId="140AF8D7" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="35"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75BCC460" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="0012646B">
+          <w:p w14:paraId="344B265E" w14:textId="03F91006" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>D2L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3016" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32E564DE" w14:textId="5E2597D5" w:rsidR="00463133" w:rsidRPr="0095357B" w:rsidRDefault="00392E89" w:rsidP="00DC4FF9">
+          <w:p w14:paraId="420BC541" w14:textId="632B29AF" w:rsidR="00040C05" w:rsidRPr="00165CD1" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="2"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463133" w14:paraId="7515F6FE" w14:textId="47CE9E23" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="1CA40353" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D42C44A" w14:textId="77777777" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="04E86756" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="35"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A828EFE" w14:textId="35713967" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="0046FD37" w14:textId="62D107B6" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="662"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="35"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00836A48">
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>TrueLearn Pretest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53B3FB42" w14:textId="77777777" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00836A48">
+          <w:p w14:paraId="0821B72C" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="35"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DB49DC8" w14:textId="325D896C" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00836A48">
+          <w:p w14:paraId="3E6CD00B" w14:textId="107CD599" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00836A48">
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>TrueLearn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3016" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C957ABB" w14:textId="430603BB" w:rsidR="00463133" w:rsidRPr="0095357B" w:rsidRDefault="0095357B" w:rsidP="00DC4FF9">
+          <w:p w14:paraId="6F75FE27" w14:textId="1A0BC0DC" w:rsidR="00040C05" w:rsidRPr="00355156" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="2"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0095357B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463133" w14:paraId="6695B353" w14:textId="3ECDAA2F" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="4B7944A1" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DD1076D" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="201B146B" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="662"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BB02ADC" w14:textId="60692C30" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00A212D0">
+          <w:p w14:paraId="49EB0B70" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="662"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00040C05">
               <w:t>TrueLearn Board Review Question</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27697A63" w14:textId="200960AA" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00A212D0">
+          <w:p w14:paraId="538B685D" w14:textId="6185C032" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="662"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="35"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Quizzes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5486E3" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="000B0DC3">
+          <w:p w14:paraId="1EB5BF93" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="1125" w:right="1114"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1488FE6F" w14:textId="78101723" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="000B0DC3">
+          <w:p w14:paraId="262F9BD1" w14:textId="3D832359" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:sz w:val="35"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00836A48">
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>TrueLearn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3016" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73069A8C" w14:textId="58C9F31A" w:rsidR="00463133" w:rsidRPr="0095357B" w:rsidRDefault="0095357B" w:rsidP="00DC4FF9">
+          <w:p w14:paraId="0B796736" w14:textId="4FF26B79" w:rsidR="00040C05" w:rsidRPr="00355156" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0095357B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463133" w14:paraId="4A62CE46" w14:textId="32667C96" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="3F0CB0F0" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A57CE62" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="698A8F59" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:right="662"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="180D708A" w14:textId="7561F743" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="17F05608" w14:textId="03AA493D" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="662"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="35"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Completed Board Study Plan and Self-reflection</w:t>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>TrueLearn Board Review Question Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056B1947" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="0085135D">
+          <w:p w14:paraId="36C85EF6" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="1125" w:right="1114"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15DC7BFB" w14:textId="77777777" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="0085135D">
+          <w:p w14:paraId="3FEFC6E1" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="1125" w:right="1114"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56A31B7F" w14:textId="06982552" w:rsidR="00463133" w:rsidRPr="00836A48" w:rsidRDefault="00463133" w:rsidP="0085135D">
+          <w:p w14:paraId="7A211CD0" w14:textId="6CAD7276" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-                <w:sz w:val="35"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-            <w:r w:rsidRPr="00836A48">
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>TrueLearn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3016" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06A0B0FA" w14:textId="07D737B2" w:rsidR="00463133" w:rsidRPr="0095357B" w:rsidRDefault="0095357B" w:rsidP="00DC4FF9">
+          <w:p w14:paraId="635B4255" w14:textId="2211D999" w:rsidR="00040C05" w:rsidRPr="00355156" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="1125" w:right="1114"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0095357B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463133" w14:paraId="477192D6" w14:textId="4DC7ABAA" w:rsidTr="00463133">
+      <w:tr w:rsidR="00040C05" w:rsidRPr="00C40B5D" w14:paraId="4EF5496F" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1068"/>
+          <w:trHeight w:val="186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F2455BE" w14:textId="2F21B626" w:rsidR="00463133" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="7CFA3D95" w14:textId="550D1912" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="662"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Student Evaluation of Clerkship Rotation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFA112C" w14:textId="33573657" w:rsidR="00463133" w:rsidRPr="00397632" w:rsidRDefault="00463133" w:rsidP="00397632">
+          <w:p w14:paraId="72879948" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="115" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="144" w:right="345"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE3067">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system</w:t>
+              <w:t>Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00397632">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00397632">
+          </w:p>
+          <w:p w14:paraId="2719711F" w14:textId="571065E0" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single" w:color="0000FF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> https://msucom.medtricslab.com/users/login/</w:t>
+              <w:t>https://msucom.medtricslab.com/users/login/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00397632">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00397632">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation. Students can also access pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their Medtrics accounts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3016" w:type="dxa"/>
+            <w:tcW w:w="2294" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="001186C2" w14:textId="66806388" w:rsidR="00463133" w:rsidRPr="0095357B" w:rsidRDefault="0095357B" w:rsidP="00DC4FF9">
+          <w:p w14:paraId="16156CA2" w14:textId="21D597DA" w:rsidR="00040C05" w:rsidRPr="00355156" w:rsidRDefault="00040C05" w:rsidP="00040C05">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-              <w:ind w:left="288" w:right="345"/>
+              <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:bidi="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0095357B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:bidi="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A52EE87" w14:textId="77777777" w:rsidR="00B42002" w:rsidRDefault="00B42002" w:rsidP="00B42002">
+    <w:p w14:paraId="5A52EE87" w14:textId="77777777" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="00B42002">
       <w:pPr>
         <w:spacing w:line="278" w:lineRule="auto"/>
-        <w:sectPr w:rsidR="00B42002" w:rsidSect="00B42002">
+        <w:sectPr w:rsidR="00040C05" w:rsidSect="00B42002">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="980" w:right="1300" w:bottom="1200" w:left="600" w:header="763" w:footer="1014" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="19480BE2" w14:textId="77777777" w:rsidR="00B42002" w:rsidRDefault="00B42002" w:rsidP="00F557CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="088C8F2B" w14:textId="77777777" w:rsidR="00F35438" w:rsidRDefault="00F35438" w:rsidP="00C61FC6">
       <w:pPr>
         <w:pStyle w:val="Level1Header"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5268960E" w14:textId="5CD23D75" w:rsidR="00B848B6" w:rsidRPr="00C40B5D" w:rsidRDefault="00B848B6" w:rsidP="00C61FC6">
       <w:pPr>
         <w:pStyle w:val="Level1Header"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc214359509"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc218755181"/>
       <w:r w:rsidRPr="00593906">
         <w:t>Introduction and Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1B31D056" w14:textId="1B372B5E" w:rsidR="00BE1988" w:rsidRDefault="001D360F" w:rsidP="00C61FC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D360F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>This syllabus provides an overview of rotation goals and objectives designed to help you succeed on your COMLEX Level 2 CE board exam. As you progress through the rotation, you will perform certain activities intended to help you meet the identified goals and objectives. Please make sure to review this syllabus in its entirety to ensure understanding of the rotation format, syllabus content, and Michigan State University College of Osteopathic Medicine (MSUCOM) expectations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A850CA8" w14:textId="77777777" w:rsidR="001D360F" w:rsidRPr="00C40B5D" w:rsidRDefault="001D360F" w:rsidP="00C61FC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F0AC0CE" w14:textId="5E5779F9" w:rsidR="00874FAC" w:rsidRPr="00C40B5D" w:rsidRDefault="009F5EEE" w:rsidP="00A6221B">
       <w:pPr>
         <w:pStyle w:val="Level2Header"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc214359510"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc218755182"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>ELECTIVE COURSE SCHEDULING</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="29D37AA4" w14:textId="539D3A2E" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="5742764E" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Level3Header"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc214359511"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc218755183"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>Preapproval</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="558B2F2D" w14:textId="77777777" w:rsidR="00736028" w:rsidRPr="00736028" w:rsidRDefault="00736028" w:rsidP="00736028">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
           <w:tab w:val="left" w:pos="1921"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="37" w:after="0" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="139"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
@@ -4618,189 +4812,202 @@
     </w:p>
     <w:p w14:paraId="7234296A" w14:textId="77777777" w:rsidR="00736028" w:rsidRPr="00736028" w:rsidRDefault="00736028" w:rsidP="00736028">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="25"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A8000AE" w14:textId="141B8D81" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="7C0CB614" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc214359512"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc218755184"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Required </w:t>
       </w:r>
       <w:r w:rsidR="004075B3" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>rerequisites</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="04827298" w14:textId="1D368B5A" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="7C0CB614" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>This course requires the following prerequisite</w:t>
       </w:r>
       <w:r w:rsidR="00F269A6" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36813932" w14:textId="77777777" w:rsidR="00133BD0" w:rsidRPr="00133BD0" w:rsidRDefault="00133BD0" w:rsidP="00133BD0">
+    <w:p w14:paraId="36813932" w14:textId="1955AC3B" w:rsidR="00133BD0" w:rsidRPr="00133BD0" w:rsidRDefault="00133BD0" w:rsidP="00133BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2640"/>
           <w:tab w:val="left" w:pos="2641"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="38" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="137"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133BD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>This course may only be taken prior to your scheduled COMLEX Level-2 CE board exam.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="167BFD6C" w14:textId="77777777" w:rsidR="00133BD0" w:rsidRPr="00133BD0" w:rsidRDefault="00133BD0" w:rsidP="00133BD0">
+        <w:t xml:space="preserve">This course may only be taken prior to your scheduled COMLEX </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="00133BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Level 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CE board exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167BFD6C" w14:textId="61E71D1B" w:rsidR="00133BD0" w:rsidRPr="00133BD0" w:rsidRDefault="00133BD0" w:rsidP="00133BD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2640"/>
           <w:tab w:val="left" w:pos="2641"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="38" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="137"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133BD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>This course must be initiated and completed prior to your scheduled COMLEX Level-2 CE</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">This course must be initiated and completed prior to your scheduled COMLEX </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="00133BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Level 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575AAE18" w14:textId="3E015CE6" w:rsidR="00D01ABC" w:rsidRPr="00040C05" w:rsidRDefault="00D01ABC" w:rsidP="00040C05">
+      <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="575AAE18" w14:textId="3E015CE6" w:rsidR="00D01ABC" w:rsidRDefault="00D01ABC" w:rsidP="000602B1">
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51DAB89C" w14:textId="16370229" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="009F5EEE" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc214359513"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc218755185"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="7C0CB614" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ourse </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="7C0CB614" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
@@ -5011,461 +5218,512 @@
         </w:rPr>
         <w:t xml:space="preserve">Once confirmed, the rotation may only be cancelled 30 days or more in advance of the start date. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F06A23" w14:textId="77777777" w:rsidR="00E42691" w:rsidRPr="00C40B5D" w:rsidRDefault="00E42691" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2084E106" w14:textId="37BDFE15" w:rsidR="00BE1988" w:rsidRPr="00C40B5D" w:rsidRDefault="00BE1988" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc214359514"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="6" w:name="_Toc218755186"/>
+      <w:r w:rsidRPr="00C40B5D">
         <w:t>ROTATION FORMAT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="284D5B9D" w14:textId="77777777" w:rsidR="00821204" w:rsidRPr="00821204" w:rsidRDefault="00821204" w:rsidP="006E23C2">
+    <w:p w14:paraId="284D5B9D" w14:textId="5DC017F5" w:rsidR="00821204" w:rsidRPr="00821204" w:rsidRDefault="00821204" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00821204">
-[...22 lines deleted...]
-    <w:p w14:paraId="4A82D108" w14:textId="77777777" w:rsidR="00821204" w:rsidRPr="00C40B5D" w:rsidRDefault="00821204" w:rsidP="00821204">
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>non-clinical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rotation has been designed </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7F95" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time for independent study prior to your board exam. This is a virtual rotation that may be scheduled for 2 or 4 weeks for either 3 or 6 credits, respectively. This course may only be </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7F95" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>taken for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a maximum of 4 weeks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A07168" w14:textId="3AC055BA" w:rsidR="0084162D" w:rsidRDefault="00821204" w:rsidP="00821204">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00821204">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>This course will fulfill elective requirements but does not count towards either medicine or surgery requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A82D108" w14:textId="77777777" w:rsidR="00821204" w:rsidRPr="00C40B5D" w:rsidRDefault="00821204" w:rsidP="00821204">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="106CC400" w14:textId="5C0C1CDF" w:rsidR="0084162D" w:rsidRPr="00C40B5D" w:rsidRDefault="0084162D" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc214359515"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc218755187"/>
       <w:r w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>GOALS AND OBJECTIVES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00941F4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523BF36B" w14:textId="55E5BD2A" w:rsidR="00B848B6" w:rsidRPr="006E23C2" w:rsidRDefault="006630FF" w:rsidP="000602B1">
+    <w:p w14:paraId="523BF36B" w14:textId="55E5BD2A" w:rsidR="00B848B6" w:rsidRPr="00AF40B7" w:rsidRDefault="006630FF" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006E23C2">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc218755188"/>
+      <w:r w:rsidRPr="00040C05">
         <w:t>GOALS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="583900E7" w14:textId="59CD9E59" w:rsidR="006630FF" w:rsidRDefault="00C04CB6" w:rsidP="000602B1">
+    <w:p w14:paraId="583900E7" w14:textId="52275881" w:rsidR="006630FF" w:rsidRDefault="00C04CB6" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C04CB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>This course is designed to provide time, resources, and support for students to prepare for COMLEX Level -2 CE. The course will utilize self-directed review to identify knowledge gaps and implement an effective strategy to prioritize those area for further study. Students will develop an individualized learning plan to focus on areas of study that will optimize their performance on board exams.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B17B7C7" w14:textId="77777777" w:rsidR="00852879" w:rsidRPr="00AF40B7" w:rsidRDefault="00852879" w:rsidP="000602B1">
+        <w:t xml:space="preserve">This course is designed to provide time, resources, and support for students to prepare for COMLEX Level -2 CE. The course will utilize self-directed review to identify knowledge gaps and implement an effective strategy to prioritize </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7F95" w:rsidRPr="00C04CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that area</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for further study. Students will develop an </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="00C04CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> learning plan to focus on areas of study that will optimize their performance on board exams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7C794C" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00AF40B7" w:rsidRDefault="00040C05" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD36CCD" w14:textId="6996E626" w:rsidR="006630FF" w:rsidRPr="006E23C2" w:rsidRDefault="006630FF" w:rsidP="000602B1">
+    <w:p w14:paraId="3AD36CCD" w14:textId="6996E626" w:rsidR="006630FF" w:rsidRPr="00040C05" w:rsidRDefault="006630FF" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc214359517"/>
-      <w:r w:rsidRPr="006E23C2">
+      <w:bookmarkStart w:id="9" w:name="_Toc218755189"/>
+      <w:r w:rsidRPr="00040C05">
         <w:t>OBJECTIVES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="4F4384EB" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Review and identify knowledge gaps and areas of study for board success.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4F04E8" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Develop an individualized board study plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7C3ACF" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Recognize and focus on high-yield board study topics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE8DADB" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Review the board exam blueprint to identify areas of deeper study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76210495" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Utilize time management and foundational study techniques to effectively prepare for standardized exams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB9C03D" w14:textId="77777777" w:rsidR="00A86E61" w:rsidRPr="00A86E61" w:rsidRDefault="00A86E61" w:rsidP="00A86E61">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86E61">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Practice applying skill for answering board style questions through the use of question banks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D8FF86" w14:textId="08B2A4FA" w:rsidR="009D3F69" w:rsidRPr="00AF40B7" w:rsidRDefault="009D3F69" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="486FCA96" w14:textId="08C59CEF" w:rsidR="002D4AE9" w:rsidRPr="006E23C2" w:rsidRDefault="002D4AE9" w:rsidP="000602B1">
+    <w:p w14:paraId="486FCA96" w14:textId="08C59CEF" w:rsidR="002D4AE9" w:rsidRPr="00040C05" w:rsidRDefault="002D4AE9" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc214359518"/>
-      <w:r w:rsidRPr="006E23C2">
+      <w:bookmarkStart w:id="10" w:name="_Toc218755190"/>
+      <w:r w:rsidRPr="00040C05">
         <w:t>COMPETENCIES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="2E1071F7" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Osteopathic Principles and Practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F0C99A" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Apply knowledge of the biomedical sciences, such as functional anatomy, physiology, biochemistry, histology, pathology, and pharmacology, to support the appropriate application of osteopathic principles and OMT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B72ED9C" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Medical Knowledge</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0312839E" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Use scientific concepts to evaluate, diagnose, and manage clinical patient presentations and population health.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7850074E" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Patient Care</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31354369" w14:textId="77777777" w:rsidR="007359F3" w:rsidRPr="007359F3" w:rsidRDefault="007359F3" w:rsidP="007359F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007359F3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Develop a differential diagnosis appropriate to the context of the patient setting and findings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764C4580" w14:textId="4F8C2ACF" w:rsidR="0076235D" w:rsidRPr="00C40B5D" w:rsidRDefault="0076235D" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6F2E0C" w14:textId="57ECA21F" w:rsidR="0076235D" w:rsidRPr="00C40B5D" w:rsidRDefault="00FB203B" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc214359519"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc218755191"/>
       <w:r w:rsidRPr="0096296A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>COLLEGE PROGRAM OBJECTIVES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="60C938CE" w14:textId="0B616EDE" w:rsidR="00697E55" w:rsidRPr="00C40B5D" w:rsidRDefault="005150FA" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="005879BF" w:rsidRPr="00C40B5D">
         <w:rPr>
@@ -5507,79 +5765,88 @@
       </w:r>
       <w:r w:rsidR="00C51135" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in the Student Handbook.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC5AC51" w14:textId="77777777" w:rsidR="004A14A0" w:rsidRPr="00C40B5D" w:rsidRDefault="004A14A0" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A8591BE" w14:textId="6035D8A9" w:rsidR="006F2107" w:rsidRPr="00C40B5D" w:rsidRDefault="00395FF7" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc214359520"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc218755192"/>
       <w:r w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="005A09E5" w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>EFERENCES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="2196C2FA" w14:textId="02FCF7BF" w:rsidR="009A1109" w:rsidRPr="009A1109" w:rsidRDefault="005B4C18" w:rsidP="00852879">
+    <w:p w14:paraId="2C0B26C0" w14:textId="20FCDB7D" w:rsidR="006F2107" w:rsidRPr="00C40B5D" w:rsidRDefault="005B4C18" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc214359521"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc218755193"/>
       <w:r w:rsidRPr="00165CD1">
         <w:t>REQUIRED STUDY RESOURCES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="2196C2FA" w14:textId="77777777" w:rsidR="009A1109" w:rsidRPr="009A1109" w:rsidRDefault="009A1109" w:rsidP="006462FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9E9912" w14:textId="245802FD" w:rsidR="009A1109" w:rsidRPr="00165CD1" w:rsidRDefault="7943D736" w:rsidP="00B36CB9">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc106630800"/>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Desire 2 Learn (D2L): </w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Please find online content for this course in D2L (</w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00165CD1">
           <w:rPr>
@@ -5649,768 +5916,1253 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009E6F17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>OST-623</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6326ED" w14:textId="6DC4F326" w:rsidR="009A1109" w:rsidRDefault="009A1109" w:rsidP="009A1109">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>If you encounter any issues accessing this D2L course, please email the CA (on the title page of this syllabus)</w:t>
       </w:r>
       <w:r w:rsidR="0013375E" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0013375E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00205932">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">It is your responsibility to make sure you have access </w:t>
       </w:r>
       <w:r w:rsidR="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00205932">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">o the course D2L page on the first day of the course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA283F8" w14:textId="77777777" w:rsidR="002755F4" w:rsidRDefault="002755F4" w:rsidP="002755F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2D9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Student D2L email addresses must be forwarded to your MSU email account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B53168F" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRPr="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="00852879">
+    <w:p w14:paraId="2B53168F" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRPr="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="32" w:after="0" w:line="426" w:lineRule="exact"/>
-        <w:ind w:left="720" w:right="2478"/>
+        <w:ind w:left="840" w:right="2478"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Board review book</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3D0460" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="00852879">
-[...30 lines deleted...]
-    <w:p w14:paraId="4CF60A04" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
+    <w:p w14:paraId="7B3D0460" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="229" w:lineRule="exact"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="508C801C" w14:textId="6EDDC5B1" w:rsidR="001F03D2" w:rsidRPr="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="00852879">
+      <w:r w:rsidRPr="001F03D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students will also identify at least one study resource (book, learning platform, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F03D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F03D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>) that they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F03D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be utilizing during this course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF60A04" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="229" w:lineRule="exact"/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:left="1200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="508C801C" w14:textId="6EDDC5B1" w:rsidR="001F03D2" w:rsidRPr="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>TrueLearn COMBANK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B3DB69" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="250" w:lineRule="exact"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A11C66" w14:textId="236FAFF9" w:rsidR="001F03D2" w:rsidRPr="00C40B5D" w:rsidRDefault="001F03D2" w:rsidP="00852879">
+    <w:p w14:paraId="391B8AD0" w14:textId="0625E759" w:rsidR="001F03D2" w:rsidRPr="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="250" w:lineRule="exact"/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Students are provided TrueLearn COMBANK by MSUCOM</w:t>
+        <w:t xml:space="preserve">Students are </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="001F03D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provided with</w:t>
       </w:r>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TrueLearn COMBANK by MSUCOM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F03D2">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F03D2">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="008F11EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>truelearn.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="00A11C66" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRPr="00C40B5D" w:rsidRDefault="001F03D2" w:rsidP="00040C05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="0000FF"/>
-[...4 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="24682D4D" w14:textId="77777777" w:rsidR="009A1109" w:rsidRDefault="009A1109" w:rsidP="00A5758F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E5E2CED" w14:textId="52435F50" w:rsidR="008350DA" w:rsidRPr="00C40B5D" w:rsidRDefault="005B4C18" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc214359522"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc218755194"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>SUGGESTED STUDY RESOURCES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="0DA8A430" w14:textId="55B9F894" w:rsidR="002A6615" w:rsidRPr="00C40B5D" w:rsidRDefault="002A6615" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53B681B4" w14:textId="074B68BD" w:rsidR="00D52AA3" w:rsidRDefault="00DD4FC2" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc214359523"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc218755195"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>Recommended Texts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="041DA0DA" w14:textId="325711BB" w:rsidR="004E2BD9" w:rsidRPr="00852879" w:rsidRDefault="004E2BD9" w:rsidP="00852879">
+    <w:p w14:paraId="0BE89CC3" w14:textId="4B8E1CF2" w:rsidR="00DD4FC2" w:rsidRPr="00040C05" w:rsidRDefault="004E2BD9" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="37" w:line="405" w:lineRule="auto"/>
         <w:ind w:left="1200" w:right="530" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004E2BD9">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>First Aid Board Review series: Available from MSU Library electronically (see link below) Step-Up Board Review series: Available from MSU Library electronically (see link below)</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">First Aid Board Review </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="004E2BD9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Series</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E2BD9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Step-Up Board Review series: Available from MSU Library electronically (see link below)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4CE4F5E0" w14:textId="1ADBAD62" w:rsidR="0068598D" w:rsidRPr="00C40B5D" w:rsidRDefault="002A6615" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc214359524"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc218755196"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">Recommended </w:t>
       </w:r>
       <w:r w:rsidR="00DF55E0" w:rsidRPr="00C40B5D">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>ebsites</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="6E2CFD36" w14:textId="77777777" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
+    <w:p w14:paraId="6E2CFD36" w14:textId="11064A0A" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="1200" w:right="5855"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F574DC">
-[...9 lines deleted...]
-    <w:p w14:paraId="4EFAEB9D" w14:textId="77777777" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="008F11EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>NBOME.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4EFAEB9D" w14:textId="20E09232" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="131" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F574DC">
-[...7 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="008F11EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>NBME.org</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B2DCE90" w14:textId="77777777" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="35" w:after="0" w:line="428" w:lineRule="exact"/>
         <w:ind w:left="1200" w:right="3082"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F574DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">MSU Library Medical Board Exam Preparation guide: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="00F574DC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:bidi="en-US"/>
           </w:rPr>
           <w:t>https://libguides.lib.msu.edu/medicalboardexamprep</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F574DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F574DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>MSUCOM On Target:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="775A2CB2" w14:textId="77777777" w:rsidR="00F574DC" w:rsidRPr="00F574DC" w:rsidRDefault="00F574DC" w:rsidP="00F574DC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="00F574DC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:bidi="en-US"/>
           </w:rPr>
           <w:t>https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D897DC0" w14:textId="77777777" w:rsidR="00A52DCE" w:rsidRPr="00C40B5D" w:rsidRDefault="00A52DCE" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DF8CB0A" w14:textId="7C923265" w:rsidR="00E059DD" w:rsidRPr="00C40B5D" w:rsidRDefault="00E059DD" w:rsidP="000602B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C964C3F" w14:textId="7537A3BA" w:rsidR="54F48B3F" w:rsidRPr="00C40B5D" w:rsidRDefault="00A50CB0" w:rsidP="000602B1">
+    <w:p w14:paraId="5C964C3F" w14:textId="7537A3BA" w:rsidR="54F48B3F" w:rsidRPr="00C40B5D" w:rsidRDefault="00A50CB0" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1008"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc214359525"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc218755197"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>ASSIGNMENTS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="1236A22E" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+    <w:p w14:paraId="729C65FB" w14:textId="7C430506" w:rsidR="004F5959" w:rsidRDefault="004F5959" w:rsidP="00B70D38">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:bidi="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Board Study Plan</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54F87D80" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Initial Zoom Meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D965712" w14:textId="77777777" w:rsidR="004F5959" w:rsidRDefault="004F5959" w:rsidP="00B70D38">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:bidi="en-US"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="3BF9E09B" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+          <w:u w:val="single"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF04C9F" w14:textId="34873E37" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00B70D38">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students will attend a </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>5-minute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zoom meeting with the IOR on the first Monday of the rotation at 10am. Link will be provided on D2L. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B27F10" w14:textId="77777777" w:rsidR="004F5959" w:rsidRDefault="004F5959" w:rsidP="00B70D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1236A22E" w14:textId="61436C3E" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Board Study Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F87D80" w14:textId="5EC0536E" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weekly Goals and Objectives will be individualized to each student but should be listed on the Board Study Plan. The Board Study Plan will be submitted by the first Sunday of </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="00B70D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>rotation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D04527" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidSect="00B70D38">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="980" w:right="1300" w:bottom="1200" w:left="600" w:header="763" w:footer="1014" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="TrueLearn_Pretest"/>
       <w:bookmarkStart w:id="20" w:name="_bookmark20"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="7C2A6250" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+    <w:p w14:paraId="3BF9E09B" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13813AE8" w14:textId="5A822021" w:rsidR="00B7447A" w:rsidRPr="00C40B5D" w:rsidRDefault="00B7447A" w:rsidP="000602B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="Self-Reflection"/>
       <w:bookmarkStart w:id="22" w:name="_bookmark21"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="00B70D38">
-[...32 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="51597E01" w14:textId="4308BC7D" w:rsidR="6BB67C26" w:rsidRPr="00C40B5D" w:rsidRDefault="00A50CB0" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc214359526"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc218755198"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>QUIZZES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="29164B6A" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+    <w:p w14:paraId="29164B6A" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70D38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>TrueLearn Pretest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5757D9ED" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+    <w:p w14:paraId="5757D9ED" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70D38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>A pretest of 176 board review questions will be assigned on the first day of rotation and must be completed by 11:59pm on the first Sunday of rotation. This pretest will be timed and cover all topics. This will serve as a baseline to reveal areas for study and knowledge gaps.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8649DF" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00B70D38">
+    <w:p w14:paraId="2D8649DF" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="58F04706" w14:textId="77777777" w:rsidR="00852879" w:rsidRDefault="00852879" w:rsidP="00234A5C">
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A484396" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234A5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2C48A8DC" w14:textId="77777777" w:rsidR="00852879" w:rsidRDefault="00852879" w:rsidP="00234A5C">
+        <w:t>Board Review Question Quizzes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2155C9AE" w14:textId="18F1FBD2" w:rsidR="00234A5C" w:rsidRDefault="00621708" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="5A484396" w14:textId="14E18F71" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00234A5C">
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For a 4 Week Rotation: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Two </w:t>
+      </w:r>
+      <w:r w:rsidR="00234A5C" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Board Review Question Quizzes will be assigned </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during week </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00234A5C" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on TrueLearn COMBANK. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Each quiz</w:t>
+      </w:r>
+      <w:r w:rsidR="00234A5C" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be 88 questions and a score of </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00234A5C" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0% on each quiz is required. Quizzes will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>untimed</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Both quizzes will be due at 11:59pm on the second Sunday of the rotation</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0E6E" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a student does not achieve </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50%, they may </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one or </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>both quizzes</w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be reset</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="008F11EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reset quizzes </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>will be due at 11:59pm on the fourth Sunday of the rotation</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reset for each quiz is allowed</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If 50% is not achieved on the two attempts, </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>an N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade will be given. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a quiz is not attempted, it is not eligible to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>reset,</w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and an N grade will be given. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DC657F" w14:textId="77777777" w:rsidR="00621708" w:rsidRDefault="00621708" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="2155C9AE" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00234A5C">
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4792269E" w14:textId="05231BFF" w:rsidR="00621708" w:rsidRDefault="00621708" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="7326D92C" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00234A5C">
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For a 2 Week Rotation: One Board Review Question Quiz will be assigned during week </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on TrueLearn COMBANK. The quiz will be 88 questions and a score of 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>% is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required. The quiz will be untimed and due at 11:59pm on the first Sunday of the rotation</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>If a student does not achieve 50%, they may request for the quiz to be reset</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>The reset quiz will be due at 11:59pm on the second Sunday of the rotation</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reset is allowed</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If 50% is not achieved on the two attempts, </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>an N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade will be given. If a quiz is not attempted, it is not eligible to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>reset,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="36891B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and an N grade will be given. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C4EE29" w14:textId="4CE062A6" w:rsidR="00621708" w:rsidRPr="00234A5C" w:rsidRDefault="00621708" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="34665955" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00234A5C">
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7326D92C" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="432"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34665955" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00040C05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="Board_Review_Question_Exam"/>
       <w:bookmarkStart w:id="25" w:name="_bookmark23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00234A5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Board Review Question Exam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557DDE88" w14:textId="77777777" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00234A5C">
+    <w:p w14:paraId="557DDE88" w14:textId="3E1C8C7D" w:rsidR="00234A5C" w:rsidRPr="00234A5C" w:rsidRDefault="00234A5C" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234A5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>The student will complete one Board Review Question Exam of 176 questions from TrueLearn COMBANK during the last week of the rotation. This exam will be taken in a timed mode to mimic an exam setting and encompass all topics and all disciplines. The score report will be uploaded to D2L and will be graded on completion.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42B91F0D" w14:textId="77777777" w:rsidR="00B70D38" w:rsidRPr="00B70D38" w:rsidRDefault="00B70D38" w:rsidP="00B70D38">
+        <w:t xml:space="preserve">The student will complete one Board Review Question Exam of 176 questions from TrueLearn COMBANK during the last week of the rotation. This exam will be taken in a timed mode to mimic an exam setting and encompass all topics and all disciplines. </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1339">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>The exam will be graded on completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7F1230" w14:textId="624F8178" w:rsidR="26910FCD" w:rsidRPr="00C40B5D" w:rsidRDefault="26910FCD" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
-[...9 lines deleted...]
-        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="648C9D69" w14:textId="7172EB90" w:rsidR="6BB67C26" w:rsidRDefault="00A50CB0" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc214359527"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc218755199"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>ONLINE MODULES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="2590A705" w14:textId="77777777" w:rsidR="00F12B7D" w:rsidRPr="00F12B7D" w:rsidRDefault="00F12B7D" w:rsidP="00F12B7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="41" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="840"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Optional online modules will be available on D2L:</w:t>
       </w:r>
@@ -6523,807 +7275,478 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Self-Directed</w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Learning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34630366" w14:textId="77777777" w:rsidR="00F12B7D" w:rsidRPr="00F12B7D" w:rsidRDefault="00F12B7D" w:rsidP="00F12B7D">
+    <w:p w14:paraId="34630366" w14:textId="77777777" w:rsidR="00F12B7D" w:rsidRDefault="00F12B7D" w:rsidP="00F12B7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1561"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="12" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Test taking</w:t>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F12B7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taking</w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>skills.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="67066F70" w14:textId="280CF90A" w:rsidR="008F11EE" w:rsidRDefault="008F11EE" w:rsidP="00F12B7D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1561"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="12" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>OMT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5C8E7C" w14:textId="271394AF" w:rsidR="008F11EE" w:rsidRPr="00F12B7D" w:rsidRDefault="008F11EE" w:rsidP="00F12B7D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1561"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="12" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optional OMT TrueLearn quiz will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00354A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55934108" w14:textId="77777777" w:rsidR="00F12B7D" w:rsidRPr="00F12B7D" w:rsidRDefault="00F12B7D" w:rsidP="00F12B7D"/>
+    <w:p w14:paraId="3E8A181D" w14:textId="5B715143" w:rsidR="26910FCD" w:rsidRPr="00C40B5D" w:rsidRDefault="26910FCD" w:rsidP="0010437F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="02300164" w14:textId="4E9443BF" w:rsidR="26910FCD" w:rsidRPr="00C40B5D" w:rsidRDefault="26910FCD" w:rsidP="000602B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25139E78" w14:textId="7CB05046" w:rsidR="0075066D" w:rsidRPr="0096296A" w:rsidRDefault="007A56BC" w:rsidP="000602B1">
+    <w:p w14:paraId="6D49468B" w14:textId="77777777" w:rsidR="00040C05" w:rsidRDefault="00040C05" w:rsidP="000602B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc43478267"/>
+    </w:p>
+    <w:p w14:paraId="25139E78" w14:textId="436AA503" w:rsidR="0075066D" w:rsidRPr="0096296A" w:rsidRDefault="007A56BC" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc43478267"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc214359528"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc218755200"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>ROTATION EVALUATIONS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="6E0747E4" w14:textId="77777777" w:rsidR="008C517A" w:rsidRPr="00C40B5D" w:rsidRDefault="008C517A" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="285DDDE8" w14:textId="77777777" w:rsidR="008C517A" w:rsidRPr="00C40B5D" w:rsidRDefault="008C517A" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc74395554"/>
       <w:bookmarkStart w:id="30" w:name="_Toc74478881"/>
       <w:bookmarkStart w:id="31" w:name="_Toc74542088"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc214359529"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc218755201"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>Student Evaluation of Clerkship Rotation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="3416CC4C" w14:textId="6104DC25" w:rsidR="008C517A" w:rsidRPr="00C64213" w:rsidRDefault="00C64213" w:rsidP="00B70E67">
+    <w:p w14:paraId="177B5179" w14:textId="2F243643" w:rsidR="008C517A" w:rsidRPr="00040C05" w:rsidRDefault="00C64213" w:rsidP="00040C05">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="36"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00165CD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://msucom.medtricslab.com/users/login/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation</w:t>
       </w:r>
       <w:r w:rsidR="008373C4" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the respective rotation</w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Students can also access </w:t>
       </w:r>
       <w:r w:rsidR="008373C4" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their Medtrics accounts</w:t>
       </w:r>
       <w:r w:rsidR="00AF04B1" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="67B6693F" w14:textId="32AA0BDE" w:rsidR="00F43192" w:rsidRPr="00C40B5D" w:rsidRDefault="00F43192" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F116716" w14:textId="7A4873EE" w:rsidR="00BF0064" w:rsidRPr="00C40B5D" w:rsidRDefault="0022491F" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc214359530"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc218755202"/>
       <w:r w:rsidRPr="0057603C">
-        <w:lastRenderedPageBreak/>
         <w:t>CORRECTIVE ACTION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="3B25FE39" w14:textId="12631BD7" w:rsidR="00327288" w:rsidRPr="00C40B5D" w:rsidRDefault="00327288" w:rsidP="00327288">
-[...155 lines deleted...]
-    <w:p w14:paraId="34090137" w14:textId="77777777" w:rsidR="00E14BF6" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
+    <w:p w14:paraId="08F3B119" w14:textId="568D5CD3" w:rsidR="005A2923" w:rsidRPr="00C40B5D" w:rsidRDefault="005A2923" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E7301F6" w14:textId="0422544F" w:rsidR="00E14BF6" w:rsidRPr="00C40B5D" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
+    <w:p w14:paraId="72835A3A" w14:textId="77777777" w:rsidR="007F1339" w:rsidRDefault="007F1339" w:rsidP="007F1339">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C40B5D">
-[...66 lines deleted...]
-    <w:p w14:paraId="6D1EFDCD" w14:textId="77777777" w:rsidR="00E14BF6" w:rsidRPr="00C40B5D" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
+      <w:r w:rsidRPr="00B4614F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no corrective action available for this course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3429655F" w14:textId="77777777" w:rsidR="007F1339" w:rsidRPr="00B4614F" w:rsidRDefault="007F1339" w:rsidP="007F1339">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FB8D98" w14:textId="77777777" w:rsidR="00E14BF6" w:rsidRPr="00C40B5D" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
+    <w:p w14:paraId="3322C28E" w14:textId="6809043F" w:rsidR="007F1339" w:rsidRDefault="007F1339" w:rsidP="007F1339">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>W</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">hile it is the responsibility of the student to ensure </w:t>
+        <w:t xml:space="preserve">As determined by the Instructor of Record, the student will receive an N grade for the course if all assignments are not completed successfully </w:t>
+      </w:r>
+      <w:r w:rsidR="00621708">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>on the due date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">that </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="4573DE41" w14:textId="77777777" w:rsidR="00E14BF6" w:rsidRPr="00C40B5D" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
+        <w:t>. Additionally, a letter of unprofessional behavior for late submission of assignments will be sent to the MSUCOM Spartan Community Clearing house.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B545543" w14:textId="77777777" w:rsidR="007F1339" w:rsidRDefault="007F1339" w:rsidP="007F1339">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09223BE2" w14:textId="77777777" w:rsidR="00E14BF6" w:rsidRPr="00C40B5D" w:rsidRDefault="00E14BF6" w:rsidP="00E14BF6">
-      <w:pPr>
+    <w:p w14:paraId="5F5E5B20" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRDefault="00A16BF1" w:rsidP="00A15BF2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
-[...167 lines deleted...]
-    <w:p w14:paraId="41DCC6A5" w14:textId="77777777" w:rsidR="00A15BF2" w:rsidRDefault="00A15BF2" w:rsidP="00A15BF2">
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E1A2765" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRDefault="00A16BF1" w:rsidP="00A16BF1">
+      <w:pPr>
+        <w:pStyle w:val="Level2Header"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc218755203"/>
+      <w:r w:rsidRPr="005D6B9B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>COURSE GRADES</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="2C663CBD" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRPr="006573C7" w:rsidRDefault="00A16BF1" w:rsidP="006573C7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2280"/>
+          <w:tab w:val="left" w:pos="939"/>
+          <w:tab w:val="left" w:pos="940"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="137"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="356"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="1DFC1880" w14:textId="6563544F" w:rsidR="00A16BF1" w:rsidRPr="006573C7" w:rsidRDefault="00A16BF1" w:rsidP="71802E56">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DFC1880" w14:textId="343C4F3D" w:rsidR="00A16BF1" w:rsidRPr="006573C7" w:rsidRDefault="00A16BF1" w:rsidP="71802E56">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="939"/>
           <w:tab w:val="left" w:pos="940"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="598"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">All rotation requirements must </w:t>
       </w:r>
       <w:r w:rsidR="23AE0AF8" w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e completed to determine a grade for the course</w:t>
       </w:r>
-      <w:r w:rsidR="00870BF5" w:rsidRPr="71802E56">
+      <w:r w:rsidR="00040C05" w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Students are required to ensure their rotation requirements are completed</w:t>
       </w:r>
       <w:r w:rsidR="005E20F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and submitted</w:t>
       </w:r>
       <w:r w:rsidRPr="71802E56">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> correctly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA4ECCA" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRDefault="00A16BF1" w:rsidP="00A16BF1">
@@ -8234,51 +8657,50 @@
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>level</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>of performance</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8388,543 +8810,579 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>clinical</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>performance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B83D03C" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRPr="0096296A" w:rsidRDefault="00A16BF1" w:rsidP="00A16BF1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc214359532"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc218755204"/>
       <w:r w:rsidRPr="0096296A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>N Grade Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="0AD88CCE" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRPr="0096296A" w:rsidRDefault="00A16BF1" w:rsidP="00A16BF1">
+    <w:p w14:paraId="309E69D1" w14:textId="6ACABF6D" w:rsidR="00A16BF1" w:rsidRPr="00C40B5D" w:rsidRDefault="00A16BF1" w:rsidP="00040C05">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096296A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0096296A">
+        <w:t xml:space="preserve">Students who fail this rotation will </w:t>
+      </w:r>
+      <w:r w:rsidR="00621708">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Students who fail this rotation will have to repeat the entire rotation and fulfill all (clinical and academic) requirements.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">not receive credit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7122FD0C" w14:textId="77777777" w:rsidR="00A16BF1" w:rsidRPr="00C40B5D" w:rsidRDefault="00A16BF1" w:rsidP="000602B1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="758D7C2F" w14:textId="24055EF4" w:rsidR="26910FCD" w:rsidRPr="00C40B5D" w:rsidRDefault="26910FCD" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49AA0BBB" w14:textId="72F35323" w:rsidR="288612F8" w:rsidRPr="00C40B5D" w:rsidRDefault="288612F8" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc214359533"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc218755205"/>
       <w:r w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="22A3AEB6" w:rsidRPr="00593906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>TUDENT RESPONSIBILITIES AND EXPECTATIONS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="0CF4C933" w14:textId="77777777" w:rsidR="00A47536" w:rsidRPr="00A47536" w:rsidRDefault="00A47536" w:rsidP="00A47536">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="56" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A47536">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>This is a virtual rotation. Students are responsible for self-paced learning and timely completion of assignments within the rotation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72ED837A" w14:textId="77777777" w:rsidR="00A47536" w:rsidRPr="00C40B5D" w:rsidRDefault="00A47536" w:rsidP="000602B1">
+    <w:p w14:paraId="2241EB8D" w14:textId="4CFB9C82" w:rsidR="3AFD8C84" w:rsidRDefault="3AFD8C84" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...393 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="72ED837A" w14:textId="77777777" w:rsidR="00A47536" w:rsidRPr="00C40B5D" w:rsidRDefault="00A47536" w:rsidP="000602B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="006DB2CA" w14:textId="445B4958" w:rsidR="00401E2C" w:rsidRPr="00C40B5D" w:rsidRDefault="00B01C63" w:rsidP="000602B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc218755206"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MSU College of Osteopathic Medicine Standard Policies</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="5DDE033B" w14:textId="77777777" w:rsidR="00C11B04" w:rsidRPr="00C40B5D" w:rsidRDefault="00C11B04" w:rsidP="6BFBEABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6BFBEABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>The following are standard MSUCOM policies across all Clerkship rotations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0724E779" w14:textId="3D7FEC83" w:rsidR="009570E0" w:rsidRPr="00C40B5D" w:rsidRDefault="009570E0" w:rsidP="000602B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00874260" w14:textId="459FD92E" w:rsidR="004A31FF" w:rsidRDefault="003C4D04" w:rsidP="000602B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc218755207"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:t xml:space="preserve">CLERKSHIP </w:t>
+      </w:r>
+      <w:r w:rsidR="004A31FF" w:rsidRPr="0096296A">
+        <w:t>ATTENDANCE</w:t>
+      </w:r>
+      <w:r w:rsidR="004A31FF" w:rsidRPr="0096296A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> POLICY</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="552F60FD" w14:textId="2E5D1657" w:rsidR="00C326F4" w:rsidRPr="00200481" w:rsidRDefault="00C326F4" w:rsidP="00200481">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053677A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MSUCOM requires student participation in clerkship rotations and clinical activities with consistent attendance to acquire the skills and knowledge necessary for successful program completion</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C05" w:rsidRPr="0053677A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053677A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy will define the policy and procedures regarding absences for clerkship activities. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="0053677A">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Clerkship-Absence-Policy.pdf (msu.edu)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3B9B87C3" w14:textId="3A807223" w:rsidR="00902AE6" w:rsidRPr="00C40B5D" w:rsidRDefault="00902AE6" w:rsidP="00A6221B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc218755208"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:t>POLICY FOR MEDICAL STUDENT SUPERVISION</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="582E6479" w14:textId="05BB81D2" w:rsidR="006E1B5D" w:rsidRPr="00C40B5D" w:rsidRDefault="006E1B5D" w:rsidP="00FD5A12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081A8948" w14:textId="06D7F6A2" w:rsidR="00C50401" w:rsidRPr="00C50401" w:rsidRDefault="008B6A5D" w:rsidP="00C50401">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50401">
+        <w:t xml:space="preserve">The MSUCOM curriculum includes required clinical experiences in a variety of clinical learning </w:t>
+      </w:r>
+      <w:r w:rsidR="008F56AC" w:rsidRPr="00C50401">
+        <w:t xml:space="preserve">environments. </w:t>
+      </w:r>
+      <w:r w:rsidR="089D8652" w:rsidRPr="00C50401">
+        <w:t>The Medical</w:t>
+      </w:r>
+      <w:r w:rsidR="00D375A9" w:rsidRPr="00C50401">
+        <w:t xml:space="preserve"> Student Supervision Policy outlines all </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7EED" w:rsidRPr="00C50401">
+        <w:t>supervision agreements and expectations</w:t>
+      </w:r>
+      <w:r w:rsidR="00142CFA" w:rsidRPr="00C50401">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00C50401" w:rsidRPr="00C50401">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Clerkship Medical Student Supervision Policy.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7ABD18FC" w14:textId="7C014E11" w:rsidR="008B6A5D" w:rsidRPr="00C40B5D" w:rsidRDefault="008B6A5D" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="390C56A7" w14:textId="6EC0E269" w:rsidR="00827850" w:rsidRPr="00551027" w:rsidRDefault="00827850" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc218755209"/>
+      <w:r w:rsidRPr="00551027">
+        <w:t>MSUCOM Student Handbook</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidR="00B11F47" w:rsidRPr="00551027">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013BF642" w14:textId="36509C86" w:rsidR="00827850" w:rsidRDefault="00292DAA" w:rsidP="00C82EC8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>The Student Handbook is published electronically by MSU</w:t>
+      </w:r>
+      <w:r w:rsidR="007F26C9">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>COM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for students in the Doctor of Osteopathic Medicine program. This handbook does not supersede other Michigan State University or College of Osteopathic Medicine policies, regulations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00177AFE">
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>agreements,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or guidelines.</w:t>
+      </w:r>
+      <w:r w:rsidR="0055268A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="0055268A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://osteopathicmedicine.msu.edu/current-students/student-handbook</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0055268A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B107EC3" w14:textId="77777777" w:rsidR="00C82EC8" w:rsidRPr="00C82EC8" w:rsidRDefault="00C82EC8" w:rsidP="00C82EC8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF1C67D" w14:textId="61A76A0B" w:rsidR="00F77BE2" w:rsidRPr="002422D9" w:rsidRDefault="00F77BE2" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc218755210"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:t>Common Ground Framework for Professional Conduct</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidR="00DC43A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7209F80C" w14:textId="4DFF97AE" w:rsidR="00F77BE2" w:rsidRPr="00D07691" w:rsidRDefault="00F77BE2" w:rsidP="00D07691">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002422D9">
+        <w:t>The Common Ground Framework provides the MSUCOM community with a reminder of the unity of mind, body</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85BED">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70D2C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422D9">
+        <w:t>and spirit that underlines the field of osteopathic medicine. The framework is a set of guiding, foundational principles that underpin professional conduct and integrity and applies to all professionals at work within the shared college community, independent of their specific roles or responsibilities.</w:t>
+      </w:r>
+      <w:r w:rsidR="001323D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="001323D3" w:rsidRPr="001323D3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6F8FE7B2" w14:textId="2281CD67" w:rsidR="00EE26CC" w:rsidRPr="00726AB4" w:rsidRDefault="00EE26CC" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FF9B597" w14:textId="77777777" w:rsidR="00726AB4" w:rsidRPr="0096296A" w:rsidRDefault="00726AB4" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc218755211"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:t>Medical Student Rights and Responsibilities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="0096296A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2D4E8B" w14:textId="639A6DDE" w:rsidR="00E20D8B" w:rsidRPr="00E20D8B" w:rsidRDefault="00E20D8B" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The rights and responsibilities of students enrolled in MSUCOM are defined by the medical colleges of Michigan State University, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00043790">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the College of Osteopathic Medicine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">College of Human Medicine, and </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>College of Veterinary Medicine. Students enrolled in the professional curricula of these colleges are identified as “medical students</w:t>
+      </w:r>
+      <w:r w:rsidR="00142CFA" w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> These colleges collectively define “Medical Student Rights and Responsibilities” (MSRR). This document addresses academic rights and responsibilities, governance, procedures for complaints, due process, and other topics. The current version is available on the MSU Spartan Life website at the address below: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00E20D8B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F3D054" w14:textId="7E8BE407" w:rsidR="0003153D" w:rsidRPr="00C40B5D" w:rsidRDefault="0003153D" w:rsidP="002B6A09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2D70F228" w14:textId="77777777" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc214359540"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc218755212"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>MSU Email</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6106C0F3" w14:textId="5953EF41" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="70FB6F6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>MSU email is the official communication from faculty and staff to students and students are responsible for checking it daily and maintaining their MSU email accounts so that messages can be received.</w:t>
       </w:r>
       <w:r w:rsidR="003B6CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -8990,145 +9448,159 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please Note: </w:t>
       </w:r>
       <w:r w:rsidR="00A96018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Student D2L email addresses must be forwarded to your MSU email account.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3D480A" w14:textId="77777777" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6901697E" w14:textId="75EC7B9F" w:rsidR="00CD18CF" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
+    <w:p w14:paraId="6901697E" w14:textId="53835B7E" w:rsidR="00CD18CF" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="70FB6F6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Further, students must use secure email when working in a hospital, clinic, or other health care setting if discussion of patient information is involved. MSUNet (msu.edu) email is secure; many web-based email systems including Hotmail, Gmail, and Yahoo are not.</w:t>
+        <w:t xml:space="preserve">Further, students must use secure email when working in a hospital, clinic, or other health care setting if discussion of patient information is involved. MSUNet (msu.edu) email is secure; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="70FB6F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="70FB6F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> web-based email systems including Hotmail, Gmail, and Yahoo are not.</w:t>
       </w:r>
       <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/student-handbook</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00870BF5" w:rsidRPr="0055268A">
+      <w:r w:rsidR="00040C05" w:rsidRPr="0055268A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02DABCAD" w14:textId="77777777" w:rsidR="002952A5" w:rsidRDefault="002952A5" w:rsidP="00907905">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6BACD4" w14:textId="77777777" w:rsidR="00541BAE" w:rsidRPr="00556A65" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="3233C850" w14:textId="77777777" w:rsidR="00040C05" w:rsidRPr="00556A65" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:pStyle w:val="Level3Header"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc213320658"/>
       <w:bookmarkStart w:id="45" w:name="_Toc213320715"/>
       <w:bookmarkStart w:id="46" w:name="_Toc213321354"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc214359541"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc218755213"/>
       <w:r w:rsidRPr="00556A65">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ARTIFICIAL INTELLIGENCE (AI) USAGE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> POLICY</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="16D20E7F" w14:textId="77777777" w:rsidR="00541BAE" w:rsidRPr="005F7800" w:rsidRDefault="00541BAE" w:rsidP="00541BAE">
+    <w:p w14:paraId="07987C6F" w14:textId="6442CA32" w:rsidR="00040C05" w:rsidRPr="005F7800" w:rsidRDefault="00040C05" w:rsidP="00040C05">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7800">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>This policy guides the responsible and ethical use of artificial intelligence (AI) tools by MSUCOM medical students during their academic and clinical training.  It aims to support innovation and learning while upholding academic integrity, professionalism, patient safety, and data privacy.  As AI tools are a rapidly evolving technology, this policy will be reviewed annually but may have updates sooner if institutional guidelines, policies, or accreditation standards change.  Students are responsible for staying informed of any changes.  The most up-to-date policy can be found here:</w:t>
+        <w:t>This policy guides the responsible and ethical use of artificial intelligence (AI) tools by MSUCOM medical students during their academic and clinical training. It aims to support innovation and learning while upholding academic integrity, professionalism, patient safety, and data privacy. As AI tools are a rapidly evolving technology, this policy will be reviewed annually but may have updates sooner if institutional guidelines, policies, or accreditation standards change. Students are responsible for staying informed of any changes. The most up-to-date policy can be found here:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="005F7800">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>AI_Use_Policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="64C09E5C" w14:textId="77777777" w:rsidR="0096296A" w:rsidRDefault="0096296A" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31234C92" w14:textId="2FB46EC4" w:rsidR="002952A5" w:rsidRPr="0096296A" w:rsidRDefault="002952A5" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
@@ -9194,242 +9666,272 @@
       </w:r>
       <w:r w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="008F56AC" w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>promote</w:t>
       </w:r>
       <w:r w:rsidRPr="0079705E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a clinical learning environment in which duty hours are monitored and strategies exist to mitigate the effects of fatigue.</w:t>
       </w:r>
       <w:r w:rsidR="000512F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="000512F6" w:rsidRPr="000512F6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Clerkship Duty Hours and Fatigue Mitigation Policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0EB63916" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRDefault="00EC72B0" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54DBC076" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00EC72B0" w:rsidP="00EC72B0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc214359542"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc218755214"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>STUDENT EXPOSURE PROCEDURE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="152CC23E" w14:textId="262DB0B3" w:rsidR="00F04608" w:rsidRDefault="00EC72B0" w:rsidP="00F04608">
+    <w:p w14:paraId="152CC23E" w14:textId="0DB32864" w:rsidR="00F04608" w:rsidRDefault="00EC72B0" w:rsidP="00F04608">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="0096296A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>protocol</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been developed by the University Physician to report incidents of exposure, </w:t>
       </w:r>
-      <w:r w:rsidR="00870BF5" w:rsidRPr="00C40B5D">
+      <w:r w:rsidR="00040C05" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> needle sticks, mucous membrane exposure, tuberculosis exposure, etc., and</w:t>
+        <w:t xml:space="preserve"> needle sticks, mucous membrane exposure, tuberculosis exposure, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be found </w:t>
       </w:r>
       <w:r w:rsidR="00F04608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">here: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D734410" w14:textId="5E63FA92" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00F04608" w:rsidP="00F04608">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="001F790F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0077091A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A06E172" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00EC72B0" w:rsidP="00EC72B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15039EC5" w14:textId="77777777" w:rsidR="00EC72B0" w:rsidRPr="00200481" w:rsidRDefault="00EC72B0" w:rsidP="00EC72B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00200481">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Contact Associate Dean for Clerkship Education, Dr. Susan Enright (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00200481">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>enright4@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00200481">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>), if exposure incident occurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3DAD57" w14:textId="77777777" w:rsidR="0009293F" w:rsidRPr="00C40B5D" w:rsidRDefault="0009293F" w:rsidP="00632A80">
+    <w:p w14:paraId="08DC08BF" w14:textId="77777777" w:rsidR="006C1D96" w:rsidRPr="00C40B5D" w:rsidRDefault="006C1D96" w:rsidP="000512F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F3DAD57" w14:textId="77777777" w:rsidR="0009293F" w:rsidRPr="00C40B5D" w:rsidRDefault="0009293F" w:rsidP="00632A80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="718930D9" w14:textId="77777777" w:rsidR="00141639" w:rsidRPr="00C40B5D" w:rsidRDefault="00141639" w:rsidP="00141639">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc169162520"/>
       <w:bookmarkStart w:id="50" w:name="_Toc173349563"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc214359543"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc218755215"/>
       <w:r w:rsidRPr="0002378E">
-        <w:lastRenderedPageBreak/>
         <w:t>STUDENT ACCOMMODATION LETTERS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="3723D68A" w14:textId="77777777" w:rsidR="00141639" w:rsidRPr="00C40B5D" w:rsidRDefault="00141639" w:rsidP="00141639">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00C40B5D">
-        <w:t>Michigan State University is committed to providing equal opportunity for participation in all programs, services, and activities. Requests for accommodations by persons with disabilities may be</w:t>
+        <w:t xml:space="preserve">Michigan State University is committed to providing equal opportunity for participation in all programs, services, and activities. Requests for accommodations by persons with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40B5D">
+        <w:lastRenderedPageBreak/>
+        <w:t>disabilities may be</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>made</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9504,93 +10006,93 @@
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>(RCPD)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">517-884-RCPD, or on the web at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId37">
         <w:r w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.rcpd.msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>Once a student’s eligibility for (clinical and/or testing) accommodation</w:t>
       </w:r>
       <w:r>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">determined, the student may be issued </w:t>
       </w:r>
       <w:r>
         <w:t>an Accommodation Letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t xml:space="preserve">. Students must present </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">their letter </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>to the Clerkship Team (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId38">
         <w:r w:rsidRPr="00C40B5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>COM.Clerkship@msu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9910,2944 +10412,2890 @@
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:t>forward.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0201F304" w14:textId="77777777" w:rsidR="00B17123" w:rsidRDefault="00B17123">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="588E3D05" w14:textId="77777777" w:rsidR="001C4F82" w:rsidRPr="00C40B5D" w:rsidRDefault="001C4F82" w:rsidP="00B90966">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="001C4F82" w:rsidRPr="00C40B5D" w:rsidSect="000E581F">
-          <w:footerReference w:type="first" r:id="rId36"/>
+          <w:footerReference w:type="first" r:id="rId39"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="990" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ACCD963" w14:textId="02305F71" w:rsidR="00DD76D7" w:rsidRPr="008E38C6" w:rsidRDefault="00DD76D7" w:rsidP="008E38C6">
-[...15 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+    <w:p w14:paraId="7ACCD963" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="92" w:after="56" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E38C6" w:rsidRPr="006573C7">
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc218755216"/>
+      <w:r w:rsidRPr="00DD76D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SUMMARY OF GRADING REQUIREMENTS: 2- WEEK ROTATION</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="798232A8" w14:textId="5DE4BDE4" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="144"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006573C7">
         <w:t>*For any below information requiring an item be uploaded to D2L, students must ensure it is put into the correct folder within the correct section for their course.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13794" w:type="dxa"/>
-        <w:tblInd w:w="-995" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3271"/>
         <w:gridCol w:w="2076"/>
         <w:gridCol w:w="2791"/>
         <w:gridCol w:w="2587"/>
         <w:gridCol w:w="3069"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="1B4002F9" w14:textId="77777777" w:rsidTr="00541BAE">
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="1B4002F9" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
           <w:trHeight w:val="861"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBCA33A" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="002259AF" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="1FBCA33A" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="779"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002259AF">
+            <w:r w:rsidRPr="00DD76D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22CEB014" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="002259AF" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="22CEB014" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
               <w:ind w:left="540" w:right="217" w:hanging="298"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002259AF">
+            <w:r w:rsidRPr="00DD76D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Submission Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E45B818" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="002259AF" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="6E45B818" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144" w:right="134"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002259AF">
+            <w:r w:rsidRPr="00DD76D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B45FD7" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="002259AF" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="03B45FD7" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
               <w:ind w:left="679" w:right="634" w:hanging="17"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002259AF">
+            <w:r w:rsidRPr="00DD76D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>No Grade Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39CD7CF8" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="002259AF" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="39CD7CF8" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="982"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002259AF">
+            <w:r w:rsidRPr="00DD76D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>No Pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5D05" w:rsidRPr="00DD76D7" w14:paraId="15F86CFE" w14:textId="77777777" w:rsidTr="00541BAE">
+      <w:tr w:rsidR="004F5959" w:rsidRPr="004F5959" w14:paraId="7D896614" w14:textId="77777777" w:rsidTr="36891B6D">
         <w:trPr>
-          <w:trHeight w:val="1283"/>
+          <w:trHeight w:val="861"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01BECBE0" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="19D7E080" w14:textId="1CF5BE52" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="779"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Initial Zoom Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CC5C0E" w14:textId="5B4295E8" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
+              <w:ind w:left="540" w:right="217" w:hanging="298"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF4387C" w14:textId="4549A2E2" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="134"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Attendance on Initial Zoom Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5727DE1D" w14:textId="4EE334A4" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
+              <w:ind w:left="679" w:right="634" w:hanging="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F80DC1F" w14:textId="374A262D" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="432"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Failure to attend the Zoom meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="15F86CFE" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="1283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BECBE0" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F9FF372" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="0F9FF372" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="160" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Board Study Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="064B1032" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="064B1032" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08B905FD" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="08B905FD" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="506" w:right="499"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>D2L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2791" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D277AC0" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="3D277AC0" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="100" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Complete and uploaded to the correct D2L dropbox by 11:59pm on the first Sunday of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-12"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>rotation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9CE84D" w14:textId="336D92B1" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="2E9CE84D" w14:textId="560DB8E2" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="170" w:right="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905C31">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54888F90" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="158" w:right="146"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Failure to complete and upload by the last day of the rotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="10CA46CF" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="1185"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="767A1267" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4420FA38" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Pretest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402C1979" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76DA1CB5" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="511" w:right="499"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="288C3F38" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="137"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Complete by 11:59pm on the first Sunday of rotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27621DBD" w14:textId="7909B8F7" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="170" w:right="162"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1B9FB1" w14:textId="41614FB3" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="636" w:right="239" w:hanging="368"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Failure to complete by the</w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> due date.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="362032C1" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="1283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0B3044" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37477BF7" w14:textId="4392BA9F" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="10C9E364" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="688"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD76D7" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Board Review Qu</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>iz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6B95B6" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="565B3EEF" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="511" w:right="499"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058A2C2C" w14:textId="0CDB21EB" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="136"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete and achieve at least </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0% correct during week </w:t>
+            </w:r>
+            <w:r w:rsidR="00040C05" w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by Sunday at 11:59pm</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. May ask for </w:t>
+            </w:r>
+            <w:r w:rsidR="00040C05" w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reset due by Week 2 Sunday at 11:59pm.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20CD4331" w14:textId="0398E11A" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="172" w:right="162"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9772E8" w14:textId="20BE9217" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="177" w:right="165" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>attempt</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quiz</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>and/</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">achieve </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1339" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0% </w:t>
+            </w:r>
+            <w:r w:rsidR="00040C05" w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>by the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="36891B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> last day of rotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="13B13C0D" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="1187"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB60E31" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="024B4AF1" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="688"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Board Review Question Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D86AA90" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="524A13D5" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="511" w:right="499"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE7A1B9" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="160" w:right="130" w:firstLine="96"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Completed by 11:59pm on the last day of rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17344420" w14:textId="75EC7B9A" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="170" w:right="162"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3069" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B26344D" w14:textId="586CAE53" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="634" w:right="238" w:hanging="365"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to complete by the </w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>due date.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD76D7" w:rsidRPr="00DD76D7" w14:paraId="1B7796FC" w14:textId="77777777" w:rsidTr="36891B6D">
+        <w:trPr>
+          <w:trHeight w:val="1576"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11597C8B" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="310B8E5A" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="160" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="1042"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Student Evaluation of Clerkship Rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2360F2D5" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59508A94" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="508" w:right="499"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Medtrics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E12843" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="160" w:right="130" w:firstLine="96"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Completed by 11:59pm on the last day of rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2587" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D2334F" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="172" w:right="162"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Will be conditional until all requirements are met.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54888F90" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
-[...950 lines deleted...]
-          <w:p w14:paraId="5C07348B" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00CE3EF6" w:rsidRDefault="00DD76D7" w:rsidP="00DD76D7">
+          <w:p w14:paraId="5C07348B" w14:textId="77777777" w:rsidR="00DD76D7" w:rsidRPr="00040C05" w:rsidRDefault="00DD76D7" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="134" w:right="121" w:hanging="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00040C05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Students will not fail OST 623 for not completing the student evaluation; however, their grade will remain an NGR until it is completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D80B8F9" w14:textId="5DDFCAE4" w:rsidR="00DD76D7" w:rsidRDefault="00DD76D7" w:rsidP="007D13F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DD76D7" w:rsidSect="000E581F">
-          <w:headerReference w:type="first" r:id="rId37"/>
+          <w:headerReference w:type="first" r:id="rId40"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D7E900" w14:textId="0100DE4D" w:rsidR="00044EAD" w:rsidRPr="008E38C6" w:rsidRDefault="00044EAD" w:rsidP="008E38C6">
-[...7 lines deleted...]
-          <w:rStyle w:val="Level1HeaderChar"/>
+    <w:p w14:paraId="08D7E900" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="92" w:after="56" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc218755217"/>
+      <w:r w:rsidRPr="00044EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>SUMMARY OF GRADING REQUIREMENTS- 4- WEEK ROTATION</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
-      <w:r w:rsidR="008E38C6" w:rsidRPr="006573C7">
+    </w:p>
+    <w:p w14:paraId="15DF5227" w14:textId="4B02B9C5" w:rsidR="00040C05" w:rsidRPr="00040C05" w:rsidRDefault="00040C05" w:rsidP="00040C05">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="144"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006573C7">
         <w:t>*For any below information requiring an item be uploaded to D2L, students must ensure it is put into the correct folder within the correct section for their course.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13929" w:type="dxa"/>
-        <w:tblInd w:w="-996" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3302"/>
         <w:gridCol w:w="2097"/>
         <w:gridCol w:w="2819"/>
         <w:gridCol w:w="2613"/>
         <w:gridCol w:w="3098"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="630DDB20" w14:textId="77777777" w:rsidTr="00541BAE">
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="630DDB20" w14:textId="77777777" w:rsidTr="00040C05">
         <w:trPr>
           <w:trHeight w:val="858"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3302" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E126177" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+          <w:p w14:paraId="5E126177" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="794"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0232027A" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+          <w:p w14:paraId="0232027A" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
               <w:ind w:left="549" w:right="227" w:hanging="296"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Submission Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5395B98B" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+          <w:p w14:paraId="5395B98B" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="118" w:right="106"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31FBDE52" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+          <w:p w14:paraId="31FBDE52" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="268CAB95" w14:textId="17D552BA" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="00044EAD">
+          <w:p w14:paraId="268CAB95" w14:textId="54CCC761" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="004F5959" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="188" w:right="172"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
-              <w:t>No Grade Reported</w:t>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:r w:rsidR="00044EAD" w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Grade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9F4B04" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00CE3EF6" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
+          <w:p w14:paraId="7D9F4B04" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00044EAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1001"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>No Pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5D05" w:rsidRPr="00044EAD" w14:paraId="40DC8CFB" w14:textId="77777777" w:rsidTr="00541BAE">
+      <w:tr w:rsidR="004F5959" w:rsidRPr="00044EAD" w14:paraId="33B6087C" w14:textId="77777777" w:rsidTr="00040C05">
+        <w:trPr>
+          <w:trHeight w:val="858"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A93F01" w14:textId="20402170" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Initial Zoom Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE2C53A" w14:textId="02666E35" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="70" w:after="0" w:line="370" w:lineRule="atLeast"/>
+              <w:ind w:left="549" w:right="227" w:hanging="296"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2819" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B5474B" w14:textId="56E4D4B2" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="118" w:right="106"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Attendance on initial Zoom meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2613" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7CE095" w14:textId="5EB64484" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C0BA41" w14:textId="482ED3CA" w:rsidR="004F5959" w:rsidRPr="00040C05" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="243" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00040C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Failure to attend the initial Zoom meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="40DC8CFB" w14:textId="77777777" w:rsidTr="00040C05">
         <w:trPr>
           <w:trHeight w:val="1283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3302" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259C5270" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="259C5270" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7913572B" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="7913572B" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="160" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Board Study Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76040D92" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="76040D92" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="35"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14898B1C" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="14898B1C" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="521" w:right="510"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>D2L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAA6864" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="7BAA6864" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="118" w:right="106"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Complete and uploaded to the correct D2L dropbox by 11:59pm on the first Sunday of rotation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5373BF82" w14:textId="235A2C63" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
+          <w:p w14:paraId="5373BF82" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="186" w:right="172"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E7565">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A86CFBF" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="158" w:right="121" w:firstLine="244"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Failure to complete and upload by the end of rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="20FBB336" w14:textId="77777777" w:rsidTr="00040C05">
+        <w:trPr>
+          <w:trHeight w:val="1242"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681954AB" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ED21C02" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="141" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Pretest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D89442E" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="35"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26096F2E" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="521" w:right="510"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FB02B7" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="180" w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Complete by 11:59pm on the first Sunday of rotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3F981" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="186" w:right="172"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A7873A" w14:textId="577557C4" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="652" w:right="252" w:hanging="368"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to complete by the </w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">due date. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="49D74136" w14:textId="77777777" w:rsidTr="00040C05">
+        <w:trPr>
+          <w:trHeight w:val="1283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7316E1C0" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="25"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FDF795C" w14:textId="4F09BB44" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="719"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Board Review Qu</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>izzes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3FACF1" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="35"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64DA7051" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="521" w:right="510"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B13BA4E" w14:textId="1F47CB56" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="116" w:right="106"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete and achieve at least </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0% correct </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by Week 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>by Sunday at 11:59pm</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>. May ask for one reset of each quiz that will be due by Week 4 Sunday at 11:59pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDF04E0" w14:textId="205065AE" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="004F5959" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="188" w:right="172"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCAC43E" w14:textId="1935BA66" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="187" w:right="170" w:firstLine="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">attempt quizzes </w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>and/</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">achieve </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5959">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>0% on each by the last day of rotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="3F6AC7DD" w14:textId="77777777" w:rsidTr="00040C05">
+        <w:trPr>
+          <w:trHeight w:val="1245"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="662BC67E" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="386ACFFA" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="144" w:right="719"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn Board Review Question Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B97B7D" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="35"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AC36A2B" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="521" w:right="510"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>TrueLearn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CC9B90" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="327" w:right="88" w:hanging="207"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Completed by 11:59pm on the last day of rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15788FAC" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="186" w:right="172"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2C8157" w14:textId="01625C6D" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="652" w:right="252" w:hanging="368"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Failure to complete by the </w:t>
+            </w:r>
+            <w:r w:rsidR="001414A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>due date.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00044EAD" w:rsidRPr="00044EAD" w14:paraId="01250426" w14:textId="77777777" w:rsidTr="00040C05">
+        <w:trPr>
+          <w:trHeight w:val="1574"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E823A47" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="175" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="95"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Student Evaluation of Clerkship Rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6502C38E" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="35"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="361511E7" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="521" w:right="508"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Medtrics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615C934C" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="327" w:right="88" w:hanging="207"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Completed by 11:59pm on the last day of rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2613" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="378BB648" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="188" w:right="172"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00044EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Will be conditional until all requirements are met.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A86CFBF" w14:textId="77777777" w:rsidR="003F5D05" w:rsidRPr="00CE3EF6" w:rsidRDefault="003F5D05" w:rsidP="003F5D05">
-[...941 lines deleted...]
-          <w:p w14:paraId="05DCC2AC" w14:textId="77777777" w:rsidR="004112FC" w:rsidRPr="00CE3EF6" w:rsidRDefault="004112FC" w:rsidP="004112FC">
+          <w:p w14:paraId="05DCC2AC" w14:textId="77777777" w:rsidR="00044EAD" w:rsidRPr="00044EAD" w:rsidRDefault="00044EAD" w:rsidP="00040C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="151" w:right="133" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE3EF6">
+            <w:r w:rsidRPr="00044EAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Students will not fail OST 623 for not completing the student evaluation; however, their grade will remain an NGR until it is completed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="389FB45A" w14:textId="77777777" w:rsidR="006329BE" w:rsidRPr="004E635D" w:rsidRDefault="006329BE" w:rsidP="004B5586">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006329BE" w:rsidRPr="004E635D" w:rsidSect="00ED30C7">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="590C370F" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86" w:rsidP="00E756E0">
+    <w:p w14:paraId="5DE93E42" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="290B638F" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86" w:rsidP="00E756E0">
+    <w:p w14:paraId="04223211" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BD1C153" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86">
+    <w:p w14:paraId="7E378410" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="740E2365" w14:textId="2AF2F16D" w:rsidR="00D716FB" w:rsidRPr="00A35D20" w:rsidRDefault="00762E60" w:rsidP="00A35D20">
+  <w:p w14:paraId="740E2365" w14:textId="3605C747" w:rsidR="00D716FB" w:rsidRPr="00A35D20" w:rsidRDefault="00CA39F1" w:rsidP="00A35D20">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Date of Review and Approval: 11/19/2025</w:t>
+      <w:t xml:space="preserve">Reviewed and Approved </w:t>
+    </w:r>
+    <w:r w:rsidR="00354A88">
+      <w:t>1/27/2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06808359" w14:textId="2FD4361D" w:rsidR="004A166C" w:rsidRDefault="004A166C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B3B9606" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C" w:rsidP="0007294E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03A60410" w14:textId="14BFE247" w:rsidR="004A166C" w:rsidRDefault="004A166C">
@@ -12862,78 +13310,78 @@
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1897F73F" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C" w:rsidP="0007294E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6AA69007" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C"/>
-  <w:p w14:paraId="378C7E39" w14:textId="77777777" w:rsidR="002A0CFF" w:rsidRDefault="002A0CFF"/>
+  <w:p w14:paraId="378C7E39" w14:textId="77777777" w:rsidR="005305BC" w:rsidRDefault="005305BC"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B5EB98F" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86" w:rsidP="00E756E0">
+    <w:p w14:paraId="0E0A3054" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66DCB554" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86" w:rsidP="00E756E0">
+    <w:p w14:paraId="1096AC37" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C5BA546" w14:textId="77777777" w:rsidR="00432B86" w:rsidRDefault="00432B86">
+    <w:p w14:paraId="25334E65" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="649BFD9A" w14:textId="692C6CE6" w:rsidR="004A166C" w:rsidRDefault="004A166C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="685AB554" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -13576,51 +14024,50 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="172B06D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C504C1B0"/>
     <w:lvl w:ilvl="0" w:tplc="29C03882">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1199" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1DD26FBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2114" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B06216B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -14575,69 +15022,67 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35943AB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC24A9FC"/>
     <w:lvl w:ilvl="0" w:tplc="98661EA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1919" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5A909802">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2279" w:hanging="291"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="31782CFE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3175" w:hanging="291"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="70E6A5FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -15385,51 +15830,50 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE82EF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C6004DE"/>
     <w:lvl w:ilvl="0" w:tplc="0102E0C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1199" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BA20D932">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1919" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
@@ -17097,164 +17541,167 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="717247868">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1572500642">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="763459857">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="36249525">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="672879436">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1826585396">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D7480"/>
     <w:rsid w:val="00001CAC"/>
     <w:rsid w:val="00002B76"/>
     <w:rsid w:val="0000300D"/>
     <w:rsid w:val="0000372F"/>
     <w:rsid w:val="00003EC8"/>
     <w:rsid w:val="00004E64"/>
     <w:rsid w:val="00004F09"/>
     <w:rsid w:val="000061F3"/>
     <w:rsid w:val="00011C80"/>
     <w:rsid w:val="00012208"/>
+    <w:rsid w:val="00012635"/>
     <w:rsid w:val="000134ED"/>
     <w:rsid w:val="00014E87"/>
     <w:rsid w:val="000167B9"/>
-    <w:rsid w:val="0001761E"/>
     <w:rsid w:val="00017972"/>
     <w:rsid w:val="00017D9C"/>
     <w:rsid w:val="00020A66"/>
     <w:rsid w:val="00021AC5"/>
     <w:rsid w:val="000220BF"/>
     <w:rsid w:val="00022296"/>
     <w:rsid w:val="000234BA"/>
     <w:rsid w:val="00023AAE"/>
     <w:rsid w:val="00023BD0"/>
     <w:rsid w:val="00023D21"/>
     <w:rsid w:val="00023E85"/>
     <w:rsid w:val="000244AF"/>
     <w:rsid w:val="000268F0"/>
     <w:rsid w:val="000304AA"/>
     <w:rsid w:val="00030D1F"/>
     <w:rsid w:val="00031034"/>
     <w:rsid w:val="0003104B"/>
     <w:rsid w:val="0003153D"/>
     <w:rsid w:val="0003296F"/>
     <w:rsid w:val="00032DC5"/>
     <w:rsid w:val="0003329F"/>
     <w:rsid w:val="00034D75"/>
     <w:rsid w:val="00035F5F"/>
     <w:rsid w:val="00036619"/>
     <w:rsid w:val="00036E16"/>
     <w:rsid w:val="00037C31"/>
     <w:rsid w:val="000400C7"/>
     <w:rsid w:val="00040408"/>
+    <w:rsid w:val="00040C05"/>
     <w:rsid w:val="0004218B"/>
     <w:rsid w:val="00043790"/>
     <w:rsid w:val="00043E14"/>
     <w:rsid w:val="0004436A"/>
     <w:rsid w:val="00044EAD"/>
     <w:rsid w:val="00050EDB"/>
     <w:rsid w:val="000512F6"/>
     <w:rsid w:val="00051637"/>
     <w:rsid w:val="000542BE"/>
     <w:rsid w:val="000602B1"/>
     <w:rsid w:val="00060519"/>
     <w:rsid w:val="000609A4"/>
     <w:rsid w:val="00060AEE"/>
     <w:rsid w:val="00060E1D"/>
     <w:rsid w:val="0006102E"/>
     <w:rsid w:val="00062DB1"/>
     <w:rsid w:val="000654F5"/>
     <w:rsid w:val="00065920"/>
     <w:rsid w:val="00067E72"/>
     <w:rsid w:val="00070344"/>
     <w:rsid w:val="0007040E"/>
     <w:rsid w:val="0007048A"/>
     <w:rsid w:val="00071B97"/>
     <w:rsid w:val="0007294E"/>
     <w:rsid w:val="00072DDF"/>
     <w:rsid w:val="00072FEF"/>
     <w:rsid w:val="000744C3"/>
     <w:rsid w:val="00076FC4"/>
     <w:rsid w:val="00077C10"/>
     <w:rsid w:val="000801F8"/>
     <w:rsid w:val="00082AC2"/>
     <w:rsid w:val="00082CAA"/>
     <w:rsid w:val="00085214"/>
     <w:rsid w:val="0009066D"/>
     <w:rsid w:val="00090E68"/>
+    <w:rsid w:val="00091B68"/>
     <w:rsid w:val="0009293F"/>
     <w:rsid w:val="00094508"/>
     <w:rsid w:val="000964F0"/>
     <w:rsid w:val="00097BE4"/>
     <w:rsid w:val="000A090B"/>
     <w:rsid w:val="000A217E"/>
     <w:rsid w:val="000A3485"/>
     <w:rsid w:val="000A3921"/>
+    <w:rsid w:val="000A4585"/>
     <w:rsid w:val="000A49C6"/>
     <w:rsid w:val="000A4EC7"/>
     <w:rsid w:val="000A6D69"/>
     <w:rsid w:val="000A7FEA"/>
     <w:rsid w:val="000B0BA6"/>
     <w:rsid w:val="000B0DC3"/>
     <w:rsid w:val="000B10AE"/>
     <w:rsid w:val="000B16CD"/>
     <w:rsid w:val="000B244F"/>
     <w:rsid w:val="000B478B"/>
     <w:rsid w:val="000C05EE"/>
     <w:rsid w:val="000C14DA"/>
     <w:rsid w:val="000C3C4D"/>
     <w:rsid w:val="000C59C8"/>
     <w:rsid w:val="000C65F8"/>
     <w:rsid w:val="000D015E"/>
     <w:rsid w:val="000D2706"/>
     <w:rsid w:val="000D2E92"/>
     <w:rsid w:val="000D3A7B"/>
     <w:rsid w:val="000D3DDA"/>
     <w:rsid w:val="000D48C0"/>
     <w:rsid w:val="000D56BB"/>
     <w:rsid w:val="000D6327"/>
     <w:rsid w:val="000D6F70"/>
     <w:rsid w:val="000D7F47"/>
@@ -17298,175 +17745,173 @@
     <w:rsid w:val="001208EF"/>
     <w:rsid w:val="0012109C"/>
     <w:rsid w:val="00122A1E"/>
     <w:rsid w:val="00122D3A"/>
     <w:rsid w:val="00123803"/>
     <w:rsid w:val="0012639A"/>
     <w:rsid w:val="001269D7"/>
     <w:rsid w:val="00126AFC"/>
     <w:rsid w:val="00127DEC"/>
     <w:rsid w:val="00127E04"/>
     <w:rsid w:val="0013015C"/>
     <w:rsid w:val="001323D3"/>
     <w:rsid w:val="001328B4"/>
     <w:rsid w:val="001334CC"/>
     <w:rsid w:val="0013375E"/>
     <w:rsid w:val="00133B6D"/>
     <w:rsid w:val="00133BD0"/>
     <w:rsid w:val="00134168"/>
     <w:rsid w:val="001344AD"/>
     <w:rsid w:val="001369D7"/>
     <w:rsid w:val="001379B9"/>
     <w:rsid w:val="00137CE1"/>
     <w:rsid w:val="001404A4"/>
     <w:rsid w:val="0014111C"/>
     <w:rsid w:val="0014138A"/>
+    <w:rsid w:val="001414A5"/>
     <w:rsid w:val="00141639"/>
     <w:rsid w:val="001422AA"/>
     <w:rsid w:val="00142CFA"/>
     <w:rsid w:val="00143DEE"/>
     <w:rsid w:val="00145B27"/>
     <w:rsid w:val="00145CC0"/>
     <w:rsid w:val="00146883"/>
     <w:rsid w:val="001470B9"/>
     <w:rsid w:val="00152226"/>
     <w:rsid w:val="001527B8"/>
     <w:rsid w:val="00152AB7"/>
     <w:rsid w:val="001546A2"/>
     <w:rsid w:val="00155C66"/>
     <w:rsid w:val="00156BF4"/>
     <w:rsid w:val="00160992"/>
     <w:rsid w:val="001613D1"/>
     <w:rsid w:val="001613F5"/>
     <w:rsid w:val="00161DD1"/>
     <w:rsid w:val="0016209E"/>
     <w:rsid w:val="00163D5A"/>
     <w:rsid w:val="0016491E"/>
     <w:rsid w:val="00165CD1"/>
     <w:rsid w:val="00166EE1"/>
     <w:rsid w:val="00167B45"/>
     <w:rsid w:val="0017052E"/>
     <w:rsid w:val="00171FE6"/>
     <w:rsid w:val="001726E2"/>
     <w:rsid w:val="00172C55"/>
     <w:rsid w:val="001730E1"/>
     <w:rsid w:val="00176BF0"/>
     <w:rsid w:val="00177AFE"/>
     <w:rsid w:val="00177E72"/>
     <w:rsid w:val="00180953"/>
     <w:rsid w:val="00181280"/>
     <w:rsid w:val="001820E7"/>
     <w:rsid w:val="0018402A"/>
     <w:rsid w:val="00184E82"/>
     <w:rsid w:val="001851E4"/>
     <w:rsid w:val="001858E5"/>
     <w:rsid w:val="001864C5"/>
-    <w:rsid w:val="001868CE"/>
     <w:rsid w:val="0018758A"/>
     <w:rsid w:val="001878D8"/>
     <w:rsid w:val="00187F41"/>
     <w:rsid w:val="00190080"/>
     <w:rsid w:val="001902B5"/>
     <w:rsid w:val="00191877"/>
     <w:rsid w:val="00191A19"/>
     <w:rsid w:val="0019239D"/>
     <w:rsid w:val="00194CE1"/>
     <w:rsid w:val="00195DF1"/>
     <w:rsid w:val="00196FB2"/>
     <w:rsid w:val="001A146D"/>
     <w:rsid w:val="001A1E18"/>
     <w:rsid w:val="001A48DC"/>
     <w:rsid w:val="001A57C4"/>
     <w:rsid w:val="001A5901"/>
     <w:rsid w:val="001A617B"/>
     <w:rsid w:val="001A6B31"/>
     <w:rsid w:val="001A7320"/>
     <w:rsid w:val="001A74BB"/>
     <w:rsid w:val="001A79A2"/>
     <w:rsid w:val="001A7DE6"/>
     <w:rsid w:val="001B01C3"/>
     <w:rsid w:val="001B337E"/>
     <w:rsid w:val="001B3B83"/>
     <w:rsid w:val="001B496D"/>
     <w:rsid w:val="001B4C50"/>
     <w:rsid w:val="001B4D59"/>
     <w:rsid w:val="001B4DEB"/>
     <w:rsid w:val="001B6D44"/>
     <w:rsid w:val="001B6FD8"/>
     <w:rsid w:val="001B7AE6"/>
     <w:rsid w:val="001B7C94"/>
     <w:rsid w:val="001C1AB7"/>
     <w:rsid w:val="001C2588"/>
     <w:rsid w:val="001C2964"/>
     <w:rsid w:val="001C4F82"/>
     <w:rsid w:val="001C57EF"/>
     <w:rsid w:val="001C61F7"/>
     <w:rsid w:val="001C6603"/>
     <w:rsid w:val="001D23E3"/>
     <w:rsid w:val="001D32AE"/>
     <w:rsid w:val="001D32EB"/>
     <w:rsid w:val="001D360F"/>
     <w:rsid w:val="001D3E5E"/>
     <w:rsid w:val="001D5191"/>
     <w:rsid w:val="001D79D8"/>
     <w:rsid w:val="001D7A34"/>
     <w:rsid w:val="001E2176"/>
-    <w:rsid w:val="001E2A27"/>
     <w:rsid w:val="001E33CF"/>
     <w:rsid w:val="001E4820"/>
     <w:rsid w:val="001E49FD"/>
     <w:rsid w:val="001E5B1F"/>
     <w:rsid w:val="001E6F3B"/>
     <w:rsid w:val="001F03D2"/>
     <w:rsid w:val="001F0722"/>
     <w:rsid w:val="001F0B96"/>
     <w:rsid w:val="001F1E07"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F40D6"/>
     <w:rsid w:val="001F4B40"/>
     <w:rsid w:val="001F5178"/>
     <w:rsid w:val="001F518B"/>
     <w:rsid w:val="001F6131"/>
     <w:rsid w:val="001F73B3"/>
     <w:rsid w:val="001F7C97"/>
     <w:rsid w:val="001F7CB9"/>
     <w:rsid w:val="001F7DD8"/>
     <w:rsid w:val="00200481"/>
     <w:rsid w:val="002022C3"/>
     <w:rsid w:val="00205932"/>
     <w:rsid w:val="002059FA"/>
     <w:rsid w:val="002070D3"/>
     <w:rsid w:val="0021153B"/>
     <w:rsid w:val="0021241B"/>
     <w:rsid w:val="0021585C"/>
     <w:rsid w:val="00215F8E"/>
     <w:rsid w:val="00216671"/>
     <w:rsid w:val="00217E07"/>
     <w:rsid w:val="002237F5"/>
     <w:rsid w:val="0022491F"/>
     <w:rsid w:val="00224F66"/>
-    <w:rsid w:val="002259AF"/>
     <w:rsid w:val="0022766F"/>
     <w:rsid w:val="00227D21"/>
     <w:rsid w:val="002304D3"/>
     <w:rsid w:val="00230841"/>
     <w:rsid w:val="00231A23"/>
     <w:rsid w:val="00232AB0"/>
     <w:rsid w:val="00233409"/>
     <w:rsid w:val="00233E62"/>
     <w:rsid w:val="00234A5C"/>
     <w:rsid w:val="002356B5"/>
     <w:rsid w:val="0023611F"/>
     <w:rsid w:val="00237510"/>
     <w:rsid w:val="0023777A"/>
     <w:rsid w:val="002422D0"/>
     <w:rsid w:val="00242575"/>
     <w:rsid w:val="002442FE"/>
     <w:rsid w:val="00245229"/>
     <w:rsid w:val="002454C5"/>
     <w:rsid w:val="00245852"/>
     <w:rsid w:val="00245E85"/>
     <w:rsid w:val="0024602A"/>
     <w:rsid w:val="0024644C"/>
     <w:rsid w:val="00247407"/>
     <w:rsid w:val="00250220"/>
     <w:rsid w:val="0025080D"/>
@@ -17500,544 +17945,541 @@
     <w:rsid w:val="002742FD"/>
     <w:rsid w:val="002746F7"/>
     <w:rsid w:val="00274BF2"/>
     <w:rsid w:val="00274C58"/>
     <w:rsid w:val="00275498"/>
     <w:rsid w:val="002755F4"/>
     <w:rsid w:val="002760C9"/>
     <w:rsid w:val="002772CE"/>
     <w:rsid w:val="0028118B"/>
     <w:rsid w:val="002812BA"/>
     <w:rsid w:val="00282343"/>
     <w:rsid w:val="00284F2C"/>
     <w:rsid w:val="0028703E"/>
     <w:rsid w:val="002876A8"/>
     <w:rsid w:val="00291DED"/>
     <w:rsid w:val="00292620"/>
     <w:rsid w:val="00292DAA"/>
     <w:rsid w:val="002932E6"/>
     <w:rsid w:val="002944B7"/>
     <w:rsid w:val="002950F6"/>
     <w:rsid w:val="002952A5"/>
     <w:rsid w:val="00295673"/>
     <w:rsid w:val="00296760"/>
     <w:rsid w:val="00297546"/>
     <w:rsid w:val="00297D0A"/>
-    <w:rsid w:val="002A0CFF"/>
     <w:rsid w:val="002A0FEA"/>
     <w:rsid w:val="002A149A"/>
     <w:rsid w:val="002A1EBC"/>
     <w:rsid w:val="002A32B0"/>
     <w:rsid w:val="002A6615"/>
     <w:rsid w:val="002A6A48"/>
     <w:rsid w:val="002A6B64"/>
     <w:rsid w:val="002A704E"/>
     <w:rsid w:val="002A7DB0"/>
     <w:rsid w:val="002B21B0"/>
     <w:rsid w:val="002B2878"/>
     <w:rsid w:val="002B2B0C"/>
     <w:rsid w:val="002B366A"/>
     <w:rsid w:val="002B3D03"/>
     <w:rsid w:val="002B4799"/>
     <w:rsid w:val="002B6A09"/>
     <w:rsid w:val="002B75FF"/>
     <w:rsid w:val="002C0111"/>
     <w:rsid w:val="002C6ECB"/>
     <w:rsid w:val="002C73AF"/>
     <w:rsid w:val="002D4AE9"/>
     <w:rsid w:val="002D650C"/>
     <w:rsid w:val="002D75BF"/>
     <w:rsid w:val="002E1C02"/>
     <w:rsid w:val="002E26D0"/>
     <w:rsid w:val="002E29CC"/>
     <w:rsid w:val="002E37C0"/>
     <w:rsid w:val="002E37DD"/>
     <w:rsid w:val="002E4141"/>
     <w:rsid w:val="002E4D1A"/>
     <w:rsid w:val="002E5051"/>
     <w:rsid w:val="002E569B"/>
     <w:rsid w:val="002E5A5E"/>
     <w:rsid w:val="002E7B08"/>
     <w:rsid w:val="002F142F"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F246C"/>
-    <w:rsid w:val="002F32EC"/>
     <w:rsid w:val="002F3380"/>
     <w:rsid w:val="002F38CB"/>
     <w:rsid w:val="002F4BDB"/>
     <w:rsid w:val="002F4CD5"/>
     <w:rsid w:val="002F4E20"/>
     <w:rsid w:val="002F51C4"/>
     <w:rsid w:val="002F5B6C"/>
     <w:rsid w:val="002F65A1"/>
     <w:rsid w:val="002F6B92"/>
     <w:rsid w:val="002F6F43"/>
     <w:rsid w:val="003000D3"/>
     <w:rsid w:val="00300658"/>
     <w:rsid w:val="00301481"/>
     <w:rsid w:val="00301970"/>
     <w:rsid w:val="003024F1"/>
     <w:rsid w:val="00302DBC"/>
     <w:rsid w:val="00305723"/>
     <w:rsid w:val="003067E8"/>
     <w:rsid w:val="00307D45"/>
     <w:rsid w:val="00311221"/>
     <w:rsid w:val="00311A22"/>
     <w:rsid w:val="00316708"/>
     <w:rsid w:val="00316EA8"/>
     <w:rsid w:val="00317ABB"/>
     <w:rsid w:val="003208C2"/>
     <w:rsid w:val="00321A37"/>
     <w:rsid w:val="00322BDA"/>
     <w:rsid w:val="00323541"/>
     <w:rsid w:val="00324A79"/>
     <w:rsid w:val="00324F8D"/>
     <w:rsid w:val="0032634E"/>
     <w:rsid w:val="003266CF"/>
-    <w:rsid w:val="00327288"/>
     <w:rsid w:val="00330825"/>
     <w:rsid w:val="00330DDD"/>
     <w:rsid w:val="00331AFE"/>
     <w:rsid w:val="00333FE7"/>
     <w:rsid w:val="00334304"/>
     <w:rsid w:val="00335B64"/>
     <w:rsid w:val="003361BF"/>
     <w:rsid w:val="0033686B"/>
     <w:rsid w:val="003368F7"/>
     <w:rsid w:val="00336F67"/>
     <w:rsid w:val="003372FF"/>
     <w:rsid w:val="003373E2"/>
     <w:rsid w:val="0034095D"/>
     <w:rsid w:val="00340F75"/>
     <w:rsid w:val="003415C9"/>
     <w:rsid w:val="00342710"/>
-    <w:rsid w:val="003431CB"/>
     <w:rsid w:val="00343E09"/>
     <w:rsid w:val="003442A7"/>
     <w:rsid w:val="00344940"/>
     <w:rsid w:val="00344DCB"/>
     <w:rsid w:val="0034687D"/>
     <w:rsid w:val="00346AE1"/>
     <w:rsid w:val="00347616"/>
     <w:rsid w:val="003515B1"/>
     <w:rsid w:val="00353081"/>
     <w:rsid w:val="00353B85"/>
+    <w:rsid w:val="00354A88"/>
     <w:rsid w:val="00355156"/>
     <w:rsid w:val="0035588A"/>
     <w:rsid w:val="00356709"/>
     <w:rsid w:val="0035686A"/>
     <w:rsid w:val="00357E05"/>
     <w:rsid w:val="003603B5"/>
     <w:rsid w:val="00360E21"/>
     <w:rsid w:val="00361507"/>
     <w:rsid w:val="0036173C"/>
     <w:rsid w:val="00364859"/>
     <w:rsid w:val="003649E2"/>
     <w:rsid w:val="00364DA2"/>
     <w:rsid w:val="003654DC"/>
     <w:rsid w:val="003658A1"/>
     <w:rsid w:val="003672EC"/>
     <w:rsid w:val="003675DD"/>
     <w:rsid w:val="003706DC"/>
     <w:rsid w:val="00370D9E"/>
     <w:rsid w:val="003735B5"/>
     <w:rsid w:val="003735F2"/>
     <w:rsid w:val="00373DF0"/>
     <w:rsid w:val="00373F8D"/>
     <w:rsid w:val="00374F56"/>
     <w:rsid w:val="00375DF9"/>
     <w:rsid w:val="00382A12"/>
     <w:rsid w:val="00384F12"/>
     <w:rsid w:val="00385DBD"/>
     <w:rsid w:val="00385F20"/>
     <w:rsid w:val="00385F8C"/>
     <w:rsid w:val="00390A79"/>
     <w:rsid w:val="00390DF1"/>
     <w:rsid w:val="00390EC1"/>
     <w:rsid w:val="003915E0"/>
-    <w:rsid w:val="00392E89"/>
     <w:rsid w:val="00393837"/>
     <w:rsid w:val="00393B06"/>
     <w:rsid w:val="00395ED7"/>
     <w:rsid w:val="00395FF7"/>
     <w:rsid w:val="003965B3"/>
     <w:rsid w:val="00396948"/>
-    <w:rsid w:val="00397632"/>
     <w:rsid w:val="00397CC9"/>
     <w:rsid w:val="003A1570"/>
     <w:rsid w:val="003A2054"/>
     <w:rsid w:val="003A24C0"/>
     <w:rsid w:val="003A292D"/>
     <w:rsid w:val="003A2F36"/>
     <w:rsid w:val="003A37A1"/>
     <w:rsid w:val="003A45E1"/>
     <w:rsid w:val="003A6003"/>
     <w:rsid w:val="003A6F79"/>
     <w:rsid w:val="003B1796"/>
     <w:rsid w:val="003B17CC"/>
     <w:rsid w:val="003B245F"/>
     <w:rsid w:val="003B47B1"/>
     <w:rsid w:val="003B48FA"/>
     <w:rsid w:val="003B6C11"/>
     <w:rsid w:val="003B6CD1"/>
     <w:rsid w:val="003C0CE8"/>
     <w:rsid w:val="003C1C1A"/>
     <w:rsid w:val="003C4D04"/>
     <w:rsid w:val="003C54A4"/>
     <w:rsid w:val="003C57BD"/>
     <w:rsid w:val="003D030A"/>
     <w:rsid w:val="003D1CDC"/>
     <w:rsid w:val="003D2240"/>
     <w:rsid w:val="003D4145"/>
     <w:rsid w:val="003D45FB"/>
     <w:rsid w:val="003D5F0C"/>
     <w:rsid w:val="003D600E"/>
     <w:rsid w:val="003D6E6B"/>
     <w:rsid w:val="003D7D1F"/>
     <w:rsid w:val="003E0509"/>
     <w:rsid w:val="003E0717"/>
     <w:rsid w:val="003E1209"/>
     <w:rsid w:val="003E15ED"/>
     <w:rsid w:val="003E2574"/>
     <w:rsid w:val="003E42A5"/>
     <w:rsid w:val="003E45C7"/>
+    <w:rsid w:val="003E5207"/>
     <w:rsid w:val="003E58F9"/>
     <w:rsid w:val="003E633E"/>
     <w:rsid w:val="003F3896"/>
     <w:rsid w:val="003F476A"/>
     <w:rsid w:val="003F56E7"/>
     <w:rsid w:val="003F5B12"/>
-    <w:rsid w:val="003F5D05"/>
     <w:rsid w:val="003F6922"/>
     <w:rsid w:val="003F6C01"/>
     <w:rsid w:val="003F6FE1"/>
     <w:rsid w:val="003F72C0"/>
     <w:rsid w:val="003F7D16"/>
     <w:rsid w:val="003F7E1E"/>
     <w:rsid w:val="00401196"/>
     <w:rsid w:val="00401665"/>
     <w:rsid w:val="00401E2C"/>
     <w:rsid w:val="004022E0"/>
     <w:rsid w:val="00405062"/>
     <w:rsid w:val="00406CCE"/>
     <w:rsid w:val="004075B3"/>
     <w:rsid w:val="00407BF7"/>
-    <w:rsid w:val="004112FC"/>
     <w:rsid w:val="00411746"/>
     <w:rsid w:val="00411E3C"/>
     <w:rsid w:val="004122DC"/>
     <w:rsid w:val="004135C9"/>
     <w:rsid w:val="00413769"/>
     <w:rsid w:val="00414CDF"/>
     <w:rsid w:val="00415303"/>
     <w:rsid w:val="004162D3"/>
     <w:rsid w:val="00421B5D"/>
     <w:rsid w:val="00422C30"/>
     <w:rsid w:val="00423771"/>
     <w:rsid w:val="00425D82"/>
     <w:rsid w:val="0042674A"/>
     <w:rsid w:val="00426B4C"/>
     <w:rsid w:val="00426BA0"/>
-    <w:rsid w:val="00432B86"/>
     <w:rsid w:val="004348A9"/>
     <w:rsid w:val="004351EA"/>
+    <w:rsid w:val="0043568C"/>
     <w:rsid w:val="004416AE"/>
     <w:rsid w:val="00442003"/>
     <w:rsid w:val="00442A63"/>
     <w:rsid w:val="004446CE"/>
     <w:rsid w:val="00444A61"/>
     <w:rsid w:val="00445635"/>
     <w:rsid w:val="00446745"/>
     <w:rsid w:val="004473BE"/>
     <w:rsid w:val="00447816"/>
     <w:rsid w:val="00447D6F"/>
     <w:rsid w:val="00450170"/>
     <w:rsid w:val="00450A88"/>
     <w:rsid w:val="00452A6E"/>
     <w:rsid w:val="004540F4"/>
     <w:rsid w:val="00455AB7"/>
     <w:rsid w:val="00455E67"/>
     <w:rsid w:val="0046074A"/>
     <w:rsid w:val="004608A8"/>
     <w:rsid w:val="00460FB5"/>
     <w:rsid w:val="00461148"/>
     <w:rsid w:val="004617AB"/>
     <w:rsid w:val="0046189F"/>
     <w:rsid w:val="0046304A"/>
-    <w:rsid w:val="00463133"/>
     <w:rsid w:val="00463956"/>
     <w:rsid w:val="00464B1E"/>
     <w:rsid w:val="00465B04"/>
     <w:rsid w:val="00465F80"/>
     <w:rsid w:val="00466DA6"/>
     <w:rsid w:val="004672BE"/>
     <w:rsid w:val="004679D7"/>
     <w:rsid w:val="00472EE7"/>
     <w:rsid w:val="0047429C"/>
     <w:rsid w:val="004754F3"/>
     <w:rsid w:val="00480340"/>
     <w:rsid w:val="0048042E"/>
     <w:rsid w:val="00480DFA"/>
     <w:rsid w:val="0048104E"/>
     <w:rsid w:val="00481BAF"/>
     <w:rsid w:val="00482B9E"/>
     <w:rsid w:val="00483F80"/>
     <w:rsid w:val="00484408"/>
     <w:rsid w:val="00484554"/>
     <w:rsid w:val="00486EC3"/>
     <w:rsid w:val="00486F14"/>
+    <w:rsid w:val="00487535"/>
     <w:rsid w:val="00487C73"/>
     <w:rsid w:val="0049300B"/>
     <w:rsid w:val="00493E5B"/>
     <w:rsid w:val="0049486E"/>
     <w:rsid w:val="00494CF2"/>
     <w:rsid w:val="00495289"/>
     <w:rsid w:val="00495A1A"/>
     <w:rsid w:val="00495FED"/>
     <w:rsid w:val="00496781"/>
     <w:rsid w:val="0049678F"/>
     <w:rsid w:val="004969A2"/>
     <w:rsid w:val="004A105C"/>
     <w:rsid w:val="004A14A0"/>
     <w:rsid w:val="004A166C"/>
-    <w:rsid w:val="004A2D29"/>
+    <w:rsid w:val="004A305A"/>
     <w:rsid w:val="004A31FF"/>
     <w:rsid w:val="004A3EDE"/>
     <w:rsid w:val="004A44D0"/>
     <w:rsid w:val="004A5088"/>
     <w:rsid w:val="004A52F3"/>
     <w:rsid w:val="004A6876"/>
     <w:rsid w:val="004A7775"/>
     <w:rsid w:val="004A7E40"/>
     <w:rsid w:val="004B126A"/>
     <w:rsid w:val="004B140D"/>
     <w:rsid w:val="004B145C"/>
     <w:rsid w:val="004B3021"/>
     <w:rsid w:val="004B5586"/>
     <w:rsid w:val="004C1611"/>
     <w:rsid w:val="004C1D5F"/>
     <w:rsid w:val="004C2D2A"/>
     <w:rsid w:val="004C3193"/>
     <w:rsid w:val="004C4653"/>
     <w:rsid w:val="004C6934"/>
-    <w:rsid w:val="004C6D35"/>
     <w:rsid w:val="004C7028"/>
     <w:rsid w:val="004C741D"/>
     <w:rsid w:val="004C7C11"/>
     <w:rsid w:val="004D0831"/>
     <w:rsid w:val="004D1253"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D1667"/>
     <w:rsid w:val="004D1CE0"/>
     <w:rsid w:val="004D218D"/>
     <w:rsid w:val="004D2279"/>
     <w:rsid w:val="004D2866"/>
     <w:rsid w:val="004D2C99"/>
     <w:rsid w:val="004D342C"/>
     <w:rsid w:val="004D404F"/>
     <w:rsid w:val="004D4459"/>
     <w:rsid w:val="004D7BA5"/>
     <w:rsid w:val="004E0666"/>
     <w:rsid w:val="004E216F"/>
     <w:rsid w:val="004E2380"/>
     <w:rsid w:val="004E2BD9"/>
     <w:rsid w:val="004E3A54"/>
     <w:rsid w:val="004E3D21"/>
     <w:rsid w:val="004E43FD"/>
     <w:rsid w:val="004E47D5"/>
     <w:rsid w:val="004E481B"/>
     <w:rsid w:val="004E59AB"/>
     <w:rsid w:val="004E635D"/>
     <w:rsid w:val="004E667D"/>
     <w:rsid w:val="004F0A0F"/>
     <w:rsid w:val="004F0D95"/>
     <w:rsid w:val="004F12DF"/>
     <w:rsid w:val="004F1D69"/>
     <w:rsid w:val="004F2F14"/>
     <w:rsid w:val="004F4EB7"/>
+    <w:rsid w:val="004F5959"/>
     <w:rsid w:val="004F6A41"/>
     <w:rsid w:val="004F7E48"/>
     <w:rsid w:val="0050011F"/>
     <w:rsid w:val="00500869"/>
     <w:rsid w:val="00501F34"/>
     <w:rsid w:val="00503C1A"/>
     <w:rsid w:val="00503CDD"/>
     <w:rsid w:val="00504675"/>
     <w:rsid w:val="0050490E"/>
     <w:rsid w:val="0050498C"/>
     <w:rsid w:val="005061CE"/>
     <w:rsid w:val="00506DD3"/>
     <w:rsid w:val="00507966"/>
     <w:rsid w:val="00511051"/>
     <w:rsid w:val="0051153F"/>
     <w:rsid w:val="00511B92"/>
     <w:rsid w:val="00511F7B"/>
-    <w:rsid w:val="00511FEB"/>
     <w:rsid w:val="005150FA"/>
     <w:rsid w:val="00515EC5"/>
     <w:rsid w:val="00515FF3"/>
     <w:rsid w:val="00516539"/>
     <w:rsid w:val="00517D4E"/>
     <w:rsid w:val="0052017C"/>
     <w:rsid w:val="005208EF"/>
     <w:rsid w:val="00520947"/>
     <w:rsid w:val="00522057"/>
     <w:rsid w:val="00522E5D"/>
     <w:rsid w:val="005238FF"/>
     <w:rsid w:val="005239D2"/>
     <w:rsid w:val="00523F5E"/>
     <w:rsid w:val="00525068"/>
     <w:rsid w:val="00525DEE"/>
     <w:rsid w:val="0052627C"/>
     <w:rsid w:val="005273A1"/>
+    <w:rsid w:val="005305BC"/>
     <w:rsid w:val="00530F6B"/>
     <w:rsid w:val="005315B3"/>
     <w:rsid w:val="0053276C"/>
     <w:rsid w:val="00533A5A"/>
     <w:rsid w:val="00534203"/>
-    <w:rsid w:val="00541BAE"/>
     <w:rsid w:val="00541D28"/>
     <w:rsid w:val="00542BFB"/>
     <w:rsid w:val="00543B75"/>
     <w:rsid w:val="005455DD"/>
     <w:rsid w:val="0054754A"/>
     <w:rsid w:val="005500E5"/>
     <w:rsid w:val="00550B50"/>
     <w:rsid w:val="00551027"/>
     <w:rsid w:val="0055260D"/>
     <w:rsid w:val="0055268A"/>
     <w:rsid w:val="00552FF3"/>
     <w:rsid w:val="005532E4"/>
     <w:rsid w:val="005546B6"/>
     <w:rsid w:val="00555607"/>
     <w:rsid w:val="0055670B"/>
     <w:rsid w:val="00561653"/>
     <w:rsid w:val="005620AD"/>
     <w:rsid w:val="00562F84"/>
     <w:rsid w:val="00563014"/>
     <w:rsid w:val="00565034"/>
     <w:rsid w:val="00565E20"/>
     <w:rsid w:val="0056611F"/>
     <w:rsid w:val="005662E9"/>
     <w:rsid w:val="0057048D"/>
     <w:rsid w:val="0057341C"/>
     <w:rsid w:val="005746DA"/>
     <w:rsid w:val="00574A9F"/>
     <w:rsid w:val="00574AF1"/>
     <w:rsid w:val="0057603C"/>
     <w:rsid w:val="005768ED"/>
     <w:rsid w:val="00579CDC"/>
     <w:rsid w:val="00582778"/>
+    <w:rsid w:val="005835F9"/>
     <w:rsid w:val="005842A5"/>
     <w:rsid w:val="005848B8"/>
     <w:rsid w:val="00586797"/>
     <w:rsid w:val="00586E35"/>
     <w:rsid w:val="00587459"/>
     <w:rsid w:val="005879BF"/>
     <w:rsid w:val="00591F04"/>
     <w:rsid w:val="00592B89"/>
     <w:rsid w:val="005936D4"/>
     <w:rsid w:val="00593906"/>
     <w:rsid w:val="00593B54"/>
     <w:rsid w:val="00594208"/>
     <w:rsid w:val="005952C6"/>
     <w:rsid w:val="005A09E5"/>
     <w:rsid w:val="005A1841"/>
     <w:rsid w:val="005A2923"/>
     <w:rsid w:val="005A2C7A"/>
     <w:rsid w:val="005A4CDC"/>
     <w:rsid w:val="005A5355"/>
     <w:rsid w:val="005A62CA"/>
     <w:rsid w:val="005A74F4"/>
     <w:rsid w:val="005A7999"/>
     <w:rsid w:val="005A7EA8"/>
     <w:rsid w:val="005B08D5"/>
     <w:rsid w:val="005B416E"/>
     <w:rsid w:val="005B41F6"/>
     <w:rsid w:val="005B4483"/>
     <w:rsid w:val="005B4C18"/>
     <w:rsid w:val="005B5330"/>
     <w:rsid w:val="005B6486"/>
     <w:rsid w:val="005C0282"/>
     <w:rsid w:val="005C143E"/>
+    <w:rsid w:val="005C17FF"/>
     <w:rsid w:val="005C1835"/>
     <w:rsid w:val="005C41F1"/>
     <w:rsid w:val="005C5D67"/>
     <w:rsid w:val="005D0B78"/>
     <w:rsid w:val="005D1590"/>
     <w:rsid w:val="005D20EE"/>
     <w:rsid w:val="005D3DF0"/>
     <w:rsid w:val="005D4451"/>
     <w:rsid w:val="005D4C29"/>
     <w:rsid w:val="005D688F"/>
     <w:rsid w:val="005D6B9B"/>
+    <w:rsid w:val="005D7750"/>
     <w:rsid w:val="005E0FBF"/>
     <w:rsid w:val="005E126F"/>
     <w:rsid w:val="005E176F"/>
     <w:rsid w:val="005E1DBB"/>
     <w:rsid w:val="005E20F6"/>
     <w:rsid w:val="005E47B6"/>
     <w:rsid w:val="005E6A24"/>
     <w:rsid w:val="005E76D1"/>
     <w:rsid w:val="005EF2EA"/>
     <w:rsid w:val="005F0799"/>
     <w:rsid w:val="005F28EA"/>
     <w:rsid w:val="005F295E"/>
     <w:rsid w:val="005F4C3F"/>
     <w:rsid w:val="005F60AA"/>
     <w:rsid w:val="005F63B7"/>
     <w:rsid w:val="005F69DA"/>
     <w:rsid w:val="005F6DC5"/>
     <w:rsid w:val="005F7470"/>
     <w:rsid w:val="005F7EFA"/>
     <w:rsid w:val="00600A33"/>
     <w:rsid w:val="0060164D"/>
     <w:rsid w:val="00601E04"/>
     <w:rsid w:val="006040AA"/>
     <w:rsid w:val="00604CC5"/>
     <w:rsid w:val="0060560D"/>
     <w:rsid w:val="00605781"/>
     <w:rsid w:val="00605E02"/>
     <w:rsid w:val="006065B0"/>
     <w:rsid w:val="00610288"/>
     <w:rsid w:val="00610BF4"/>
     <w:rsid w:val="00610F01"/>
     <w:rsid w:val="006116F3"/>
     <w:rsid w:val="00612357"/>
     <w:rsid w:val="00612A0D"/>
     <w:rsid w:val="00612D5A"/>
     <w:rsid w:val="00613345"/>
     <w:rsid w:val="006147A5"/>
     <w:rsid w:val="00614C90"/>
     <w:rsid w:val="00614F84"/>
     <w:rsid w:val="0061554D"/>
     <w:rsid w:val="00616291"/>
     <w:rsid w:val="00616DF4"/>
     <w:rsid w:val="006170FE"/>
     <w:rsid w:val="006202F0"/>
     <w:rsid w:val="00620A50"/>
     <w:rsid w:val="006211F3"/>
+    <w:rsid w:val="00621708"/>
     <w:rsid w:val="00621C87"/>
     <w:rsid w:val="00622CF6"/>
     <w:rsid w:val="0062384A"/>
     <w:rsid w:val="006261D1"/>
     <w:rsid w:val="0062646C"/>
     <w:rsid w:val="00627419"/>
     <w:rsid w:val="006276B7"/>
     <w:rsid w:val="006304C1"/>
     <w:rsid w:val="006309EA"/>
     <w:rsid w:val="00630E34"/>
     <w:rsid w:val="0063112B"/>
     <w:rsid w:val="006317DF"/>
     <w:rsid w:val="006329BE"/>
     <w:rsid w:val="00632A80"/>
     <w:rsid w:val="00632CE3"/>
     <w:rsid w:val="00634083"/>
     <w:rsid w:val="00634317"/>
     <w:rsid w:val="006343DB"/>
     <w:rsid w:val="00634426"/>
     <w:rsid w:val="00635622"/>
     <w:rsid w:val="00635D0B"/>
     <w:rsid w:val="00637E11"/>
     <w:rsid w:val="00640D55"/>
     <w:rsid w:val="00641367"/>
     <w:rsid w:val="00641EED"/>
@@ -18064,81 +18506,83 @@
     <w:rsid w:val="006719E0"/>
     <w:rsid w:val="00672FC7"/>
     <w:rsid w:val="00673365"/>
     <w:rsid w:val="006734AE"/>
     <w:rsid w:val="006749E3"/>
     <w:rsid w:val="00674ADF"/>
     <w:rsid w:val="00676DE6"/>
     <w:rsid w:val="006809D8"/>
     <w:rsid w:val="0068102E"/>
     <w:rsid w:val="00684A87"/>
     <w:rsid w:val="006856EE"/>
     <w:rsid w:val="00685954"/>
     <w:rsid w:val="0068598D"/>
     <w:rsid w:val="00685E04"/>
     <w:rsid w:val="00686D09"/>
     <w:rsid w:val="006951FD"/>
     <w:rsid w:val="006955E3"/>
     <w:rsid w:val="00695EB3"/>
     <w:rsid w:val="006961E0"/>
     <w:rsid w:val="00696DC9"/>
     <w:rsid w:val="00697E55"/>
     <w:rsid w:val="006A0061"/>
     <w:rsid w:val="006A01D5"/>
     <w:rsid w:val="006A06A9"/>
     <w:rsid w:val="006A14B9"/>
+    <w:rsid w:val="006A158A"/>
+    <w:rsid w:val="006A1830"/>
     <w:rsid w:val="006A330E"/>
+    <w:rsid w:val="006A4216"/>
     <w:rsid w:val="006A630F"/>
     <w:rsid w:val="006A6E45"/>
+    <w:rsid w:val="006A7346"/>
     <w:rsid w:val="006A779D"/>
     <w:rsid w:val="006A7863"/>
     <w:rsid w:val="006A7870"/>
     <w:rsid w:val="006B056B"/>
     <w:rsid w:val="006B20B1"/>
     <w:rsid w:val="006B3ED3"/>
     <w:rsid w:val="006B5A96"/>
-    <w:rsid w:val="006B6711"/>
     <w:rsid w:val="006B694A"/>
     <w:rsid w:val="006B7AA5"/>
     <w:rsid w:val="006C0C9A"/>
     <w:rsid w:val="006C0EA4"/>
     <w:rsid w:val="006C16A3"/>
     <w:rsid w:val="006C1D96"/>
     <w:rsid w:val="006C41B1"/>
     <w:rsid w:val="006C572C"/>
     <w:rsid w:val="006D160C"/>
     <w:rsid w:val="006D2D9E"/>
     <w:rsid w:val="006D2EE4"/>
     <w:rsid w:val="006D4DB0"/>
     <w:rsid w:val="006D5A6A"/>
     <w:rsid w:val="006D65FC"/>
     <w:rsid w:val="006D6871"/>
     <w:rsid w:val="006D68B6"/>
     <w:rsid w:val="006D7F21"/>
     <w:rsid w:val="006E1B5D"/>
     <w:rsid w:val="006E1FAF"/>
-    <w:rsid w:val="006E23C2"/>
     <w:rsid w:val="006E3822"/>
     <w:rsid w:val="006E483B"/>
     <w:rsid w:val="006E6D78"/>
     <w:rsid w:val="006E6DD7"/>
     <w:rsid w:val="006F05E0"/>
     <w:rsid w:val="006F08C5"/>
     <w:rsid w:val="006F2107"/>
     <w:rsid w:val="006F230A"/>
     <w:rsid w:val="006F2549"/>
     <w:rsid w:val="006F3E70"/>
     <w:rsid w:val="006F43D6"/>
     <w:rsid w:val="006F4BBE"/>
     <w:rsid w:val="006F4FD5"/>
     <w:rsid w:val="006F69F6"/>
     <w:rsid w:val="006F7322"/>
     <w:rsid w:val="006F73F0"/>
     <w:rsid w:val="006F7F9B"/>
     <w:rsid w:val="007009B8"/>
     <w:rsid w:val="00701B2D"/>
     <w:rsid w:val="007028DA"/>
     <w:rsid w:val="007031BF"/>
     <w:rsid w:val="00704D61"/>
     <w:rsid w:val="00705740"/>
     <w:rsid w:val="00707E68"/>
     <w:rsid w:val="00711AC5"/>
@@ -18157,51 +18601,50 @@
     <w:rsid w:val="00730320"/>
     <w:rsid w:val="00731AE6"/>
     <w:rsid w:val="00735253"/>
     <w:rsid w:val="007357EC"/>
     <w:rsid w:val="007359F3"/>
     <w:rsid w:val="00736028"/>
     <w:rsid w:val="00740C74"/>
     <w:rsid w:val="0074263E"/>
     <w:rsid w:val="007454B2"/>
     <w:rsid w:val="00745B0C"/>
     <w:rsid w:val="00746A6C"/>
     <w:rsid w:val="00747DE6"/>
     <w:rsid w:val="0075066D"/>
     <w:rsid w:val="00750BF4"/>
     <w:rsid w:val="00750D78"/>
     <w:rsid w:val="0075345B"/>
     <w:rsid w:val="00757BE7"/>
     <w:rsid w:val="00757FEF"/>
     <w:rsid w:val="007610FB"/>
     <w:rsid w:val="007614CF"/>
     <w:rsid w:val="00761622"/>
     <w:rsid w:val="00761D99"/>
     <w:rsid w:val="0076235D"/>
     <w:rsid w:val="0076244E"/>
     <w:rsid w:val="00762847"/>
-    <w:rsid w:val="00762E60"/>
     <w:rsid w:val="00765920"/>
     <w:rsid w:val="00765F3E"/>
     <w:rsid w:val="00766537"/>
     <w:rsid w:val="00766E39"/>
     <w:rsid w:val="0077091A"/>
     <w:rsid w:val="007713D3"/>
     <w:rsid w:val="007735E3"/>
     <w:rsid w:val="00774726"/>
     <w:rsid w:val="0077573D"/>
     <w:rsid w:val="007761DA"/>
     <w:rsid w:val="007761F5"/>
     <w:rsid w:val="00777A07"/>
     <w:rsid w:val="00777FE0"/>
     <w:rsid w:val="00780539"/>
     <w:rsid w:val="007806E4"/>
     <w:rsid w:val="0078395F"/>
     <w:rsid w:val="00783AC9"/>
     <w:rsid w:val="00783E35"/>
     <w:rsid w:val="00783FEC"/>
     <w:rsid w:val="00784788"/>
     <w:rsid w:val="00787AAC"/>
     <w:rsid w:val="00790546"/>
     <w:rsid w:val="007933A3"/>
     <w:rsid w:val="00795FD4"/>
     <w:rsid w:val="0079677B"/>
@@ -18214,67 +18657,69 @@
     <w:rsid w:val="007A5400"/>
     <w:rsid w:val="007A56BC"/>
     <w:rsid w:val="007A6FB0"/>
     <w:rsid w:val="007A7DE2"/>
     <w:rsid w:val="007B00C6"/>
     <w:rsid w:val="007B0255"/>
     <w:rsid w:val="007B032B"/>
     <w:rsid w:val="007B0918"/>
     <w:rsid w:val="007B0F7C"/>
     <w:rsid w:val="007B1904"/>
     <w:rsid w:val="007B2A94"/>
     <w:rsid w:val="007B385D"/>
     <w:rsid w:val="007B3D2B"/>
     <w:rsid w:val="007B5C48"/>
     <w:rsid w:val="007B6947"/>
     <w:rsid w:val="007B7426"/>
     <w:rsid w:val="007C10D4"/>
     <w:rsid w:val="007C11F0"/>
     <w:rsid w:val="007C2863"/>
     <w:rsid w:val="007C354A"/>
     <w:rsid w:val="007C42B8"/>
     <w:rsid w:val="007C442D"/>
     <w:rsid w:val="007C4DAF"/>
     <w:rsid w:val="007C504F"/>
     <w:rsid w:val="007C7C46"/>
+    <w:rsid w:val="007D015D"/>
     <w:rsid w:val="007D13F7"/>
     <w:rsid w:val="007D3021"/>
     <w:rsid w:val="007D381C"/>
     <w:rsid w:val="007D4C98"/>
     <w:rsid w:val="007D6BDC"/>
     <w:rsid w:val="007D6E46"/>
     <w:rsid w:val="007D7480"/>
     <w:rsid w:val="007E1756"/>
     <w:rsid w:val="007E28C1"/>
     <w:rsid w:val="007E2DC7"/>
     <w:rsid w:val="007E3176"/>
     <w:rsid w:val="007E372E"/>
     <w:rsid w:val="007E37C6"/>
     <w:rsid w:val="007E384A"/>
     <w:rsid w:val="007E6CF8"/>
     <w:rsid w:val="007F085F"/>
     <w:rsid w:val="007F0BA2"/>
+    <w:rsid w:val="007F1339"/>
     <w:rsid w:val="007F19B7"/>
     <w:rsid w:val="007F26C9"/>
     <w:rsid w:val="007F2C88"/>
     <w:rsid w:val="007F3051"/>
     <w:rsid w:val="007F30E1"/>
     <w:rsid w:val="007F5F86"/>
     <w:rsid w:val="007F6FCF"/>
     <w:rsid w:val="00804F91"/>
     <w:rsid w:val="00805A84"/>
     <w:rsid w:val="00805BA0"/>
     <w:rsid w:val="008069D3"/>
     <w:rsid w:val="008075E0"/>
     <w:rsid w:val="00810C85"/>
     <w:rsid w:val="0081154B"/>
     <w:rsid w:val="00812906"/>
     <w:rsid w:val="00815D06"/>
     <w:rsid w:val="00816586"/>
     <w:rsid w:val="00820583"/>
     <w:rsid w:val="00820B52"/>
     <w:rsid w:val="00820F8B"/>
     <w:rsid w:val="00821204"/>
     <w:rsid w:val="00821D74"/>
     <w:rsid w:val="008231C2"/>
     <w:rsid w:val="008231D5"/>
     <w:rsid w:val="00825CE5"/>
@@ -18282,65 +18727,63 @@
     <w:rsid w:val="00827850"/>
     <w:rsid w:val="00827939"/>
     <w:rsid w:val="008313E4"/>
     <w:rsid w:val="0083151E"/>
     <w:rsid w:val="00831B46"/>
     <w:rsid w:val="00832ACD"/>
     <w:rsid w:val="008339D7"/>
     <w:rsid w:val="008350DA"/>
     <w:rsid w:val="00836833"/>
     <w:rsid w:val="00836A48"/>
     <w:rsid w:val="008373C4"/>
     <w:rsid w:val="0084051E"/>
     <w:rsid w:val="00841350"/>
     <w:rsid w:val="0084162D"/>
     <w:rsid w:val="008422FC"/>
     <w:rsid w:val="0084251F"/>
     <w:rsid w:val="00843721"/>
     <w:rsid w:val="008440A6"/>
     <w:rsid w:val="008441D0"/>
     <w:rsid w:val="00845456"/>
     <w:rsid w:val="00846590"/>
     <w:rsid w:val="008468B2"/>
     <w:rsid w:val="00850866"/>
     <w:rsid w:val="0085134C"/>
     <w:rsid w:val="0085135D"/>
-    <w:rsid w:val="00852879"/>
     <w:rsid w:val="00853CC6"/>
     <w:rsid w:val="0085403A"/>
     <w:rsid w:val="008546A6"/>
     <w:rsid w:val="00855C0B"/>
     <w:rsid w:val="008562CA"/>
     <w:rsid w:val="008563C8"/>
     <w:rsid w:val="008624A4"/>
     <w:rsid w:val="0086361C"/>
     <w:rsid w:val="0086561D"/>
     <w:rsid w:val="008667AE"/>
     <w:rsid w:val="00867427"/>
     <w:rsid w:val="00867EC0"/>
     <w:rsid w:val="0087056D"/>
-    <w:rsid w:val="00870BF5"/>
     <w:rsid w:val="00870E19"/>
     <w:rsid w:val="00871494"/>
     <w:rsid w:val="008719A3"/>
     <w:rsid w:val="00872E5F"/>
     <w:rsid w:val="008738F0"/>
     <w:rsid w:val="00873DEF"/>
     <w:rsid w:val="00874FAC"/>
     <w:rsid w:val="00875936"/>
     <w:rsid w:val="00876125"/>
     <w:rsid w:val="0087674D"/>
     <w:rsid w:val="0087698F"/>
     <w:rsid w:val="00880808"/>
     <w:rsid w:val="00881EA1"/>
     <w:rsid w:val="008829A8"/>
     <w:rsid w:val="0088390C"/>
     <w:rsid w:val="00883FF6"/>
     <w:rsid w:val="00884E6A"/>
     <w:rsid w:val="00885791"/>
     <w:rsid w:val="008866B4"/>
     <w:rsid w:val="00886B80"/>
     <w:rsid w:val="008879E7"/>
     <w:rsid w:val="00890AAC"/>
     <w:rsid w:val="00890E2D"/>
     <w:rsid w:val="00891768"/>
     <w:rsid w:val="0089360D"/>
@@ -18358,111 +18801,111 @@
     <w:rsid w:val="008B0392"/>
     <w:rsid w:val="008B0786"/>
     <w:rsid w:val="008B0DA1"/>
     <w:rsid w:val="008B384C"/>
     <w:rsid w:val="008B430B"/>
     <w:rsid w:val="008B4F61"/>
     <w:rsid w:val="008B6A5D"/>
     <w:rsid w:val="008B6B0D"/>
     <w:rsid w:val="008B7E5C"/>
     <w:rsid w:val="008C013F"/>
     <w:rsid w:val="008C0DCA"/>
     <w:rsid w:val="008C206B"/>
     <w:rsid w:val="008C227A"/>
     <w:rsid w:val="008C3348"/>
     <w:rsid w:val="008C517A"/>
     <w:rsid w:val="008C587E"/>
     <w:rsid w:val="008C5EFE"/>
     <w:rsid w:val="008D04A4"/>
     <w:rsid w:val="008D1158"/>
     <w:rsid w:val="008D1964"/>
     <w:rsid w:val="008D4B4E"/>
     <w:rsid w:val="008D5811"/>
     <w:rsid w:val="008E1D8A"/>
     <w:rsid w:val="008E29FC"/>
     <w:rsid w:val="008E2C18"/>
-    <w:rsid w:val="008E38C6"/>
     <w:rsid w:val="008E505B"/>
     <w:rsid w:val="008E50F4"/>
     <w:rsid w:val="008E533D"/>
     <w:rsid w:val="008E5A9F"/>
     <w:rsid w:val="008E6030"/>
     <w:rsid w:val="008E792C"/>
     <w:rsid w:val="008E7C0F"/>
     <w:rsid w:val="008F03B7"/>
     <w:rsid w:val="008F08EC"/>
+    <w:rsid w:val="008F0E6E"/>
+    <w:rsid w:val="008F11EE"/>
     <w:rsid w:val="008F18B1"/>
     <w:rsid w:val="008F299A"/>
     <w:rsid w:val="008F3A61"/>
     <w:rsid w:val="008F56AC"/>
     <w:rsid w:val="008F56BB"/>
     <w:rsid w:val="0090020B"/>
     <w:rsid w:val="00900B61"/>
     <w:rsid w:val="00901E16"/>
     <w:rsid w:val="009028C6"/>
     <w:rsid w:val="00902AE6"/>
     <w:rsid w:val="00903833"/>
     <w:rsid w:val="009041EA"/>
     <w:rsid w:val="00904703"/>
     <w:rsid w:val="00904CCE"/>
     <w:rsid w:val="00905760"/>
     <w:rsid w:val="00906479"/>
     <w:rsid w:val="00906570"/>
     <w:rsid w:val="0090657D"/>
     <w:rsid w:val="009066C1"/>
     <w:rsid w:val="00906C77"/>
     <w:rsid w:val="00907905"/>
     <w:rsid w:val="0091078A"/>
     <w:rsid w:val="00910908"/>
     <w:rsid w:val="009115A2"/>
     <w:rsid w:val="00911C22"/>
     <w:rsid w:val="0091314F"/>
     <w:rsid w:val="0091339A"/>
     <w:rsid w:val="00916057"/>
     <w:rsid w:val="009170A5"/>
     <w:rsid w:val="00920040"/>
     <w:rsid w:val="009204C9"/>
     <w:rsid w:val="00920B5C"/>
     <w:rsid w:val="00920DEE"/>
     <w:rsid w:val="00924342"/>
-    <w:rsid w:val="009257CA"/>
     <w:rsid w:val="00925843"/>
     <w:rsid w:val="009275FB"/>
     <w:rsid w:val="00930226"/>
     <w:rsid w:val="00932861"/>
     <w:rsid w:val="00932D5D"/>
     <w:rsid w:val="0093399A"/>
     <w:rsid w:val="009371DB"/>
+    <w:rsid w:val="009402CD"/>
     <w:rsid w:val="0094048D"/>
     <w:rsid w:val="00940D34"/>
     <w:rsid w:val="00941F4E"/>
     <w:rsid w:val="00942DAD"/>
     <w:rsid w:val="009456D7"/>
     <w:rsid w:val="0094791D"/>
     <w:rsid w:val="00952B86"/>
     <w:rsid w:val="0095321F"/>
-    <w:rsid w:val="0095357B"/>
     <w:rsid w:val="00953C2C"/>
     <w:rsid w:val="00955AEC"/>
     <w:rsid w:val="00956186"/>
     <w:rsid w:val="009570E0"/>
     <w:rsid w:val="009574E1"/>
     <w:rsid w:val="009576DA"/>
     <w:rsid w:val="00960D05"/>
     <w:rsid w:val="0096296A"/>
     <w:rsid w:val="00962C65"/>
     <w:rsid w:val="00963D5B"/>
     <w:rsid w:val="0096444F"/>
     <w:rsid w:val="00965C4B"/>
     <w:rsid w:val="009670A7"/>
     <w:rsid w:val="00967C53"/>
     <w:rsid w:val="009709A8"/>
     <w:rsid w:val="00971C38"/>
     <w:rsid w:val="00971C7E"/>
     <w:rsid w:val="0097203D"/>
     <w:rsid w:val="00974096"/>
     <w:rsid w:val="009746E9"/>
     <w:rsid w:val="00975EEB"/>
     <w:rsid w:val="00976FEE"/>
     <w:rsid w:val="0097706C"/>
     <w:rsid w:val="009772EB"/>
     <w:rsid w:val="0097756B"/>
@@ -18471,50 +18914,51 @@
     <w:rsid w:val="009820AF"/>
     <w:rsid w:val="00982109"/>
     <w:rsid w:val="009825FB"/>
     <w:rsid w:val="00982BBB"/>
     <w:rsid w:val="00982D87"/>
     <w:rsid w:val="00983073"/>
     <w:rsid w:val="00983236"/>
     <w:rsid w:val="009832A6"/>
     <w:rsid w:val="00983B93"/>
     <w:rsid w:val="009850C3"/>
     <w:rsid w:val="00985424"/>
     <w:rsid w:val="009855DC"/>
     <w:rsid w:val="00985BDF"/>
     <w:rsid w:val="009866EA"/>
     <w:rsid w:val="00986D2D"/>
     <w:rsid w:val="00991079"/>
     <w:rsid w:val="00991618"/>
     <w:rsid w:val="0099382B"/>
     <w:rsid w:val="009947E5"/>
     <w:rsid w:val="009959FF"/>
     <w:rsid w:val="00996141"/>
     <w:rsid w:val="00996851"/>
     <w:rsid w:val="00997621"/>
     <w:rsid w:val="0099FBC5"/>
     <w:rsid w:val="009A0442"/>
+    <w:rsid w:val="009A0765"/>
     <w:rsid w:val="009A1109"/>
     <w:rsid w:val="009A2DEC"/>
     <w:rsid w:val="009A2E2C"/>
     <w:rsid w:val="009A4362"/>
     <w:rsid w:val="009A494B"/>
     <w:rsid w:val="009A4A71"/>
     <w:rsid w:val="009A659D"/>
     <w:rsid w:val="009A6A63"/>
     <w:rsid w:val="009A6D52"/>
     <w:rsid w:val="009B054E"/>
     <w:rsid w:val="009B0A12"/>
     <w:rsid w:val="009B0C51"/>
     <w:rsid w:val="009B3425"/>
     <w:rsid w:val="009B6032"/>
     <w:rsid w:val="009B7174"/>
     <w:rsid w:val="009B74AC"/>
     <w:rsid w:val="009B9BB5"/>
     <w:rsid w:val="009C3C16"/>
     <w:rsid w:val="009C3ED2"/>
     <w:rsid w:val="009C4DE6"/>
     <w:rsid w:val="009C4FF5"/>
     <w:rsid w:val="009C5248"/>
     <w:rsid w:val="009C6DEC"/>
     <w:rsid w:val="009C70CB"/>
     <w:rsid w:val="009C7312"/>
@@ -18548,51 +18992,50 @@
     <w:rsid w:val="009F5280"/>
     <w:rsid w:val="009F5748"/>
     <w:rsid w:val="009F5EEE"/>
     <w:rsid w:val="009F67BA"/>
     <w:rsid w:val="009F6987"/>
     <w:rsid w:val="009F79B7"/>
     <w:rsid w:val="00A003E5"/>
     <w:rsid w:val="00A01F0B"/>
     <w:rsid w:val="00A029D6"/>
     <w:rsid w:val="00A02EDA"/>
     <w:rsid w:val="00A053B1"/>
     <w:rsid w:val="00A0744B"/>
     <w:rsid w:val="00A103A6"/>
     <w:rsid w:val="00A11C1F"/>
     <w:rsid w:val="00A133DE"/>
     <w:rsid w:val="00A148EA"/>
     <w:rsid w:val="00A1501D"/>
     <w:rsid w:val="00A154D7"/>
     <w:rsid w:val="00A15682"/>
     <w:rsid w:val="00A15AB7"/>
     <w:rsid w:val="00A15BF2"/>
     <w:rsid w:val="00A15C36"/>
     <w:rsid w:val="00A16BF1"/>
     <w:rsid w:val="00A1D88E"/>
     <w:rsid w:val="00A2011D"/>
-    <w:rsid w:val="00A212D0"/>
     <w:rsid w:val="00A21D1D"/>
     <w:rsid w:val="00A225ED"/>
     <w:rsid w:val="00A233B5"/>
     <w:rsid w:val="00A23E1F"/>
     <w:rsid w:val="00A23F22"/>
     <w:rsid w:val="00A254D9"/>
     <w:rsid w:val="00A305A3"/>
     <w:rsid w:val="00A305F8"/>
     <w:rsid w:val="00A3066B"/>
     <w:rsid w:val="00A312F4"/>
     <w:rsid w:val="00A31C50"/>
     <w:rsid w:val="00A3208A"/>
     <w:rsid w:val="00A3482D"/>
     <w:rsid w:val="00A34B95"/>
     <w:rsid w:val="00A35D20"/>
     <w:rsid w:val="00A35E2C"/>
     <w:rsid w:val="00A36723"/>
     <w:rsid w:val="00A401D9"/>
     <w:rsid w:val="00A401E3"/>
     <w:rsid w:val="00A40804"/>
     <w:rsid w:val="00A42384"/>
     <w:rsid w:val="00A43350"/>
     <w:rsid w:val="00A4412C"/>
     <w:rsid w:val="00A44B67"/>
     <w:rsid w:val="00A46265"/>
@@ -18693,50 +19136,51 @@
     <w:rsid w:val="00AF4D6D"/>
     <w:rsid w:val="00AF6880"/>
     <w:rsid w:val="00AF7016"/>
     <w:rsid w:val="00B00190"/>
     <w:rsid w:val="00B01C63"/>
     <w:rsid w:val="00B0258B"/>
     <w:rsid w:val="00B02E15"/>
     <w:rsid w:val="00B0474D"/>
     <w:rsid w:val="00B05706"/>
     <w:rsid w:val="00B05A9E"/>
     <w:rsid w:val="00B068F9"/>
     <w:rsid w:val="00B07F14"/>
     <w:rsid w:val="00B1024B"/>
     <w:rsid w:val="00B10424"/>
     <w:rsid w:val="00B10D65"/>
     <w:rsid w:val="00B1143F"/>
     <w:rsid w:val="00B11D42"/>
     <w:rsid w:val="00B11F47"/>
     <w:rsid w:val="00B12C0C"/>
     <w:rsid w:val="00B1409B"/>
     <w:rsid w:val="00B17123"/>
     <w:rsid w:val="00B1740A"/>
     <w:rsid w:val="00B201B9"/>
     <w:rsid w:val="00B20F45"/>
     <w:rsid w:val="00B21E5B"/>
+    <w:rsid w:val="00B22447"/>
     <w:rsid w:val="00B236FB"/>
     <w:rsid w:val="00B23B0F"/>
     <w:rsid w:val="00B23B88"/>
     <w:rsid w:val="00B2409D"/>
     <w:rsid w:val="00B256BD"/>
     <w:rsid w:val="00B25916"/>
     <w:rsid w:val="00B26BE6"/>
     <w:rsid w:val="00B309FE"/>
     <w:rsid w:val="00B33D73"/>
     <w:rsid w:val="00B33DFD"/>
     <w:rsid w:val="00B34DF9"/>
     <w:rsid w:val="00B34F3E"/>
     <w:rsid w:val="00B3664E"/>
     <w:rsid w:val="00B36CB9"/>
     <w:rsid w:val="00B36E42"/>
     <w:rsid w:val="00B36EB3"/>
     <w:rsid w:val="00B406CC"/>
     <w:rsid w:val="00B40EE1"/>
     <w:rsid w:val="00B42002"/>
     <w:rsid w:val="00B42FB7"/>
     <w:rsid w:val="00B42FDB"/>
     <w:rsid w:val="00B43C83"/>
     <w:rsid w:val="00B43D0E"/>
     <w:rsid w:val="00B43E5B"/>
     <w:rsid w:val="00B45706"/>
@@ -18744,94 +19188,94 @@
     <w:rsid w:val="00B51C98"/>
     <w:rsid w:val="00B5485B"/>
     <w:rsid w:val="00B560CF"/>
     <w:rsid w:val="00B611BC"/>
     <w:rsid w:val="00B61528"/>
     <w:rsid w:val="00B62CF1"/>
     <w:rsid w:val="00B6301C"/>
     <w:rsid w:val="00B6348E"/>
     <w:rsid w:val="00B638A5"/>
     <w:rsid w:val="00B648F3"/>
     <w:rsid w:val="00B650DE"/>
     <w:rsid w:val="00B657CC"/>
     <w:rsid w:val="00B65876"/>
     <w:rsid w:val="00B66610"/>
     <w:rsid w:val="00B703CD"/>
     <w:rsid w:val="00B70BF7"/>
     <w:rsid w:val="00B70D38"/>
     <w:rsid w:val="00B70E67"/>
     <w:rsid w:val="00B71814"/>
     <w:rsid w:val="00B72C2C"/>
     <w:rsid w:val="00B7419A"/>
     <w:rsid w:val="00B7447A"/>
     <w:rsid w:val="00B77366"/>
     <w:rsid w:val="00B824A5"/>
     <w:rsid w:val="00B82AD4"/>
-    <w:rsid w:val="00B841F4"/>
     <w:rsid w:val="00B842F8"/>
     <w:rsid w:val="00B848B6"/>
     <w:rsid w:val="00B858B9"/>
     <w:rsid w:val="00B85C4F"/>
     <w:rsid w:val="00B8627C"/>
     <w:rsid w:val="00B86F35"/>
     <w:rsid w:val="00B90919"/>
     <w:rsid w:val="00B90966"/>
     <w:rsid w:val="00B9153F"/>
     <w:rsid w:val="00B93863"/>
     <w:rsid w:val="00B9440C"/>
     <w:rsid w:val="00B94D67"/>
     <w:rsid w:val="00B9557D"/>
     <w:rsid w:val="00B95606"/>
     <w:rsid w:val="00B96766"/>
     <w:rsid w:val="00B96797"/>
     <w:rsid w:val="00BA1085"/>
     <w:rsid w:val="00BA1A7D"/>
     <w:rsid w:val="00BA2541"/>
     <w:rsid w:val="00BA3058"/>
     <w:rsid w:val="00BA372B"/>
     <w:rsid w:val="00BA3E6F"/>
     <w:rsid w:val="00BA6058"/>
     <w:rsid w:val="00BA73C5"/>
     <w:rsid w:val="00BA7D30"/>
     <w:rsid w:val="00BB000B"/>
     <w:rsid w:val="00BB0FFD"/>
     <w:rsid w:val="00BB125F"/>
     <w:rsid w:val="00BB1734"/>
     <w:rsid w:val="00BB195A"/>
     <w:rsid w:val="00BB2080"/>
     <w:rsid w:val="00BB2BEF"/>
     <w:rsid w:val="00BB2E1F"/>
     <w:rsid w:val="00BB4636"/>
     <w:rsid w:val="00BB5237"/>
     <w:rsid w:val="00BB5584"/>
     <w:rsid w:val="00BB5B15"/>
     <w:rsid w:val="00BB7F57"/>
     <w:rsid w:val="00BC208B"/>
     <w:rsid w:val="00BC359E"/>
     <w:rsid w:val="00BC49B2"/>
     <w:rsid w:val="00BC4DB5"/>
     <w:rsid w:val="00BC5F2B"/>
+    <w:rsid w:val="00BC7557"/>
     <w:rsid w:val="00BD0043"/>
     <w:rsid w:val="00BD1DB6"/>
     <w:rsid w:val="00BD3696"/>
     <w:rsid w:val="00BD4473"/>
     <w:rsid w:val="00BD4CFE"/>
     <w:rsid w:val="00BD584D"/>
     <w:rsid w:val="00BD5F40"/>
     <w:rsid w:val="00BD7F9C"/>
     <w:rsid w:val="00BE165F"/>
     <w:rsid w:val="00BE1829"/>
     <w:rsid w:val="00BE1988"/>
     <w:rsid w:val="00BE3067"/>
     <w:rsid w:val="00BE3194"/>
     <w:rsid w:val="00BE3ACD"/>
     <w:rsid w:val="00BE413D"/>
     <w:rsid w:val="00BE6B87"/>
     <w:rsid w:val="00BE72E8"/>
     <w:rsid w:val="00BE7369"/>
     <w:rsid w:val="00BF0064"/>
     <w:rsid w:val="00BF057E"/>
     <w:rsid w:val="00BF15EA"/>
     <w:rsid w:val="00BF1730"/>
     <w:rsid w:val="00BF1B16"/>
     <w:rsid w:val="00BF1CCF"/>
     <w:rsid w:val="00BF2C3B"/>
@@ -18887,91 +19331,93 @@
     <w:rsid w:val="00C505D4"/>
     <w:rsid w:val="00C507E8"/>
     <w:rsid w:val="00C51135"/>
     <w:rsid w:val="00C51141"/>
     <w:rsid w:val="00C53B38"/>
     <w:rsid w:val="00C5477C"/>
     <w:rsid w:val="00C54B6C"/>
     <w:rsid w:val="00C57D28"/>
     <w:rsid w:val="00C6141F"/>
     <w:rsid w:val="00C619AD"/>
     <w:rsid w:val="00C61FC6"/>
     <w:rsid w:val="00C62034"/>
     <w:rsid w:val="00C64213"/>
     <w:rsid w:val="00C64996"/>
     <w:rsid w:val="00C65CF5"/>
     <w:rsid w:val="00C66339"/>
     <w:rsid w:val="00C6725B"/>
     <w:rsid w:val="00C7052F"/>
     <w:rsid w:val="00C70E6C"/>
     <w:rsid w:val="00C71437"/>
     <w:rsid w:val="00C7318B"/>
     <w:rsid w:val="00C811EC"/>
     <w:rsid w:val="00C82EC8"/>
     <w:rsid w:val="00C8309B"/>
     <w:rsid w:val="00C84579"/>
+    <w:rsid w:val="00C84CC8"/>
     <w:rsid w:val="00C85286"/>
     <w:rsid w:val="00C85A78"/>
     <w:rsid w:val="00C85BED"/>
     <w:rsid w:val="00C8667E"/>
     <w:rsid w:val="00C87240"/>
     <w:rsid w:val="00C904F5"/>
     <w:rsid w:val="00C9254D"/>
     <w:rsid w:val="00C92D40"/>
     <w:rsid w:val="00C9309A"/>
+    <w:rsid w:val="00C948C2"/>
     <w:rsid w:val="00C94EB1"/>
     <w:rsid w:val="00C9532F"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00CA0E85"/>
     <w:rsid w:val="00CA0FB7"/>
     <w:rsid w:val="00CA12FB"/>
+    <w:rsid w:val="00CA39F1"/>
     <w:rsid w:val="00CA60D7"/>
     <w:rsid w:val="00CA60DF"/>
     <w:rsid w:val="00CA78FD"/>
     <w:rsid w:val="00CB0284"/>
     <w:rsid w:val="00CB1B05"/>
     <w:rsid w:val="00CB1F9B"/>
     <w:rsid w:val="00CB3C82"/>
     <w:rsid w:val="00CB51BB"/>
     <w:rsid w:val="00CB6DE4"/>
     <w:rsid w:val="00CB72BD"/>
     <w:rsid w:val="00CC6A27"/>
     <w:rsid w:val="00CC6A73"/>
     <w:rsid w:val="00CC7AE3"/>
     <w:rsid w:val="00CD0AB5"/>
     <w:rsid w:val="00CD0F8C"/>
     <w:rsid w:val="00CD1318"/>
     <w:rsid w:val="00CD18CF"/>
     <w:rsid w:val="00CD1B50"/>
     <w:rsid w:val="00CD2E3B"/>
     <w:rsid w:val="00CD745E"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CE17CF"/>
     <w:rsid w:val="00CE2104"/>
     <w:rsid w:val="00CE2397"/>
     <w:rsid w:val="00CE3340"/>
-    <w:rsid w:val="00CE3EF6"/>
     <w:rsid w:val="00CE5BB1"/>
     <w:rsid w:val="00CE65A4"/>
     <w:rsid w:val="00CE70C8"/>
     <w:rsid w:val="00CF0AEB"/>
     <w:rsid w:val="00CF10F3"/>
     <w:rsid w:val="00CF21F6"/>
     <w:rsid w:val="00CF278C"/>
     <w:rsid w:val="00CF3AE2"/>
     <w:rsid w:val="00CF4304"/>
     <w:rsid w:val="00CF6CA6"/>
     <w:rsid w:val="00CF74BF"/>
     <w:rsid w:val="00CF7AC0"/>
     <w:rsid w:val="00D00E03"/>
     <w:rsid w:val="00D01755"/>
     <w:rsid w:val="00D01ABC"/>
     <w:rsid w:val="00D04485"/>
     <w:rsid w:val="00D048AF"/>
     <w:rsid w:val="00D048BE"/>
     <w:rsid w:val="00D06535"/>
     <w:rsid w:val="00D06FDB"/>
     <w:rsid w:val="00D072E4"/>
     <w:rsid w:val="00D07691"/>
     <w:rsid w:val="00D07AEF"/>
     <w:rsid w:val="00D07C76"/>
     <w:rsid w:val="00D10807"/>
@@ -18992,97 +19438,94 @@
     <w:rsid w:val="00D34886"/>
     <w:rsid w:val="00D34A65"/>
     <w:rsid w:val="00D35D8C"/>
     <w:rsid w:val="00D35E1E"/>
     <w:rsid w:val="00D375A9"/>
     <w:rsid w:val="00D37EA5"/>
     <w:rsid w:val="00D417B2"/>
     <w:rsid w:val="00D41E38"/>
     <w:rsid w:val="00D42E89"/>
     <w:rsid w:val="00D44679"/>
     <w:rsid w:val="00D44C43"/>
     <w:rsid w:val="00D46FC5"/>
     <w:rsid w:val="00D474D9"/>
     <w:rsid w:val="00D4782F"/>
     <w:rsid w:val="00D47A37"/>
     <w:rsid w:val="00D50FBF"/>
     <w:rsid w:val="00D5251C"/>
     <w:rsid w:val="00D52AA3"/>
     <w:rsid w:val="00D5381C"/>
     <w:rsid w:val="00D55439"/>
     <w:rsid w:val="00D562D2"/>
     <w:rsid w:val="00D5667E"/>
     <w:rsid w:val="00D572AD"/>
     <w:rsid w:val="00D57BC2"/>
     <w:rsid w:val="00D60B91"/>
-    <w:rsid w:val="00D61216"/>
     <w:rsid w:val="00D61D00"/>
     <w:rsid w:val="00D62FF0"/>
     <w:rsid w:val="00D64C95"/>
     <w:rsid w:val="00D64D68"/>
     <w:rsid w:val="00D666AF"/>
     <w:rsid w:val="00D70B02"/>
     <w:rsid w:val="00D710D7"/>
     <w:rsid w:val="00D716FB"/>
     <w:rsid w:val="00D727E3"/>
     <w:rsid w:val="00D727F7"/>
     <w:rsid w:val="00D73EA9"/>
     <w:rsid w:val="00D75720"/>
     <w:rsid w:val="00D76625"/>
     <w:rsid w:val="00D766C2"/>
     <w:rsid w:val="00D76B15"/>
     <w:rsid w:val="00D770B9"/>
     <w:rsid w:val="00D805BD"/>
     <w:rsid w:val="00D8084F"/>
     <w:rsid w:val="00D810BE"/>
     <w:rsid w:val="00D8250D"/>
     <w:rsid w:val="00D83563"/>
     <w:rsid w:val="00D83763"/>
     <w:rsid w:val="00D8603F"/>
     <w:rsid w:val="00D8677F"/>
     <w:rsid w:val="00D936E4"/>
     <w:rsid w:val="00D93C47"/>
     <w:rsid w:val="00D94481"/>
     <w:rsid w:val="00D9524E"/>
     <w:rsid w:val="00D95925"/>
     <w:rsid w:val="00D96CC3"/>
     <w:rsid w:val="00DA6C26"/>
     <w:rsid w:val="00DA727D"/>
-    <w:rsid w:val="00DA7F9F"/>
     <w:rsid w:val="00DB1C15"/>
     <w:rsid w:val="00DB1FD4"/>
     <w:rsid w:val="00DB25EE"/>
     <w:rsid w:val="00DB3391"/>
     <w:rsid w:val="00DB3E4A"/>
     <w:rsid w:val="00DB4CFE"/>
     <w:rsid w:val="00DB4EBD"/>
     <w:rsid w:val="00DB5031"/>
     <w:rsid w:val="00DB58E9"/>
     <w:rsid w:val="00DC1847"/>
     <w:rsid w:val="00DC4126"/>
     <w:rsid w:val="00DC43A9"/>
-    <w:rsid w:val="00DC4FF9"/>
     <w:rsid w:val="00DC5D94"/>
     <w:rsid w:val="00DC6DF1"/>
     <w:rsid w:val="00DC73DF"/>
     <w:rsid w:val="00DC76C4"/>
     <w:rsid w:val="00DC7EED"/>
     <w:rsid w:val="00DD0368"/>
     <w:rsid w:val="00DD05CA"/>
     <w:rsid w:val="00DD0E66"/>
     <w:rsid w:val="00DD106E"/>
     <w:rsid w:val="00DD2342"/>
     <w:rsid w:val="00DD243B"/>
     <w:rsid w:val="00DD2FFC"/>
     <w:rsid w:val="00DD3260"/>
     <w:rsid w:val="00DD34DF"/>
     <w:rsid w:val="00DD3908"/>
     <w:rsid w:val="00DD4A97"/>
     <w:rsid w:val="00DD4DCC"/>
     <w:rsid w:val="00DD4FC2"/>
     <w:rsid w:val="00DD5D3D"/>
     <w:rsid w:val="00DD5D8F"/>
     <w:rsid w:val="00DD62A7"/>
     <w:rsid w:val="00DD671F"/>
     <w:rsid w:val="00DD6BBA"/>
     <w:rsid w:val="00DD76D7"/>
     <w:rsid w:val="00DE020F"/>
@@ -19095,51 +19538,50 @@
     <w:rsid w:val="00DF02E6"/>
     <w:rsid w:val="00DF0C08"/>
     <w:rsid w:val="00DF20BC"/>
     <w:rsid w:val="00DF3E9B"/>
     <w:rsid w:val="00DF5134"/>
     <w:rsid w:val="00DF55E0"/>
     <w:rsid w:val="00DF5D46"/>
     <w:rsid w:val="00DF6917"/>
     <w:rsid w:val="00DF713E"/>
     <w:rsid w:val="00E0125E"/>
     <w:rsid w:val="00E0283B"/>
     <w:rsid w:val="00E032A7"/>
     <w:rsid w:val="00E03E64"/>
     <w:rsid w:val="00E04581"/>
     <w:rsid w:val="00E04F02"/>
     <w:rsid w:val="00E059DD"/>
     <w:rsid w:val="00E0628C"/>
     <w:rsid w:val="00E063DF"/>
     <w:rsid w:val="00E06CAC"/>
     <w:rsid w:val="00E100C7"/>
     <w:rsid w:val="00E10E67"/>
     <w:rsid w:val="00E11B3A"/>
     <w:rsid w:val="00E11CEA"/>
     <w:rsid w:val="00E132DF"/>
     <w:rsid w:val="00E13D12"/>
-    <w:rsid w:val="00E14BF6"/>
     <w:rsid w:val="00E15960"/>
     <w:rsid w:val="00E15E8D"/>
     <w:rsid w:val="00E16BCC"/>
     <w:rsid w:val="00E20143"/>
     <w:rsid w:val="00E20D8B"/>
     <w:rsid w:val="00E21148"/>
     <w:rsid w:val="00E25445"/>
     <w:rsid w:val="00E25C2C"/>
     <w:rsid w:val="00E25C78"/>
     <w:rsid w:val="00E26DD9"/>
     <w:rsid w:val="00E30D4B"/>
     <w:rsid w:val="00E31981"/>
     <w:rsid w:val="00E32F36"/>
     <w:rsid w:val="00E335BF"/>
     <w:rsid w:val="00E343F0"/>
     <w:rsid w:val="00E34A29"/>
     <w:rsid w:val="00E34D3F"/>
     <w:rsid w:val="00E34DF8"/>
     <w:rsid w:val="00E37E96"/>
     <w:rsid w:val="00E402DE"/>
     <w:rsid w:val="00E405FF"/>
     <w:rsid w:val="00E4156A"/>
     <w:rsid w:val="00E41CEE"/>
     <w:rsid w:val="00E42691"/>
     <w:rsid w:val="00E437F5"/>
@@ -19151,50 +19593,51 @@
     <w:rsid w:val="00E54A7C"/>
     <w:rsid w:val="00E56219"/>
     <w:rsid w:val="00E56B48"/>
     <w:rsid w:val="00E56F3B"/>
     <w:rsid w:val="00E57481"/>
     <w:rsid w:val="00E603BF"/>
     <w:rsid w:val="00E615FE"/>
     <w:rsid w:val="00E63506"/>
     <w:rsid w:val="00E6388F"/>
     <w:rsid w:val="00E63E6A"/>
     <w:rsid w:val="00E643D5"/>
     <w:rsid w:val="00E64997"/>
     <w:rsid w:val="00E65FFA"/>
     <w:rsid w:val="00E66025"/>
     <w:rsid w:val="00E660ED"/>
     <w:rsid w:val="00E66CE7"/>
     <w:rsid w:val="00E66E02"/>
     <w:rsid w:val="00E70706"/>
     <w:rsid w:val="00E708BB"/>
     <w:rsid w:val="00E72014"/>
     <w:rsid w:val="00E7264E"/>
     <w:rsid w:val="00E7437E"/>
     <w:rsid w:val="00E74B29"/>
     <w:rsid w:val="00E74D33"/>
     <w:rsid w:val="00E756E0"/>
+    <w:rsid w:val="00E76C31"/>
     <w:rsid w:val="00E77E46"/>
     <w:rsid w:val="00E80C82"/>
     <w:rsid w:val="00E8132E"/>
     <w:rsid w:val="00E82C92"/>
     <w:rsid w:val="00E831A0"/>
     <w:rsid w:val="00E831A1"/>
     <w:rsid w:val="00E838CB"/>
     <w:rsid w:val="00E85C4C"/>
     <w:rsid w:val="00E91301"/>
     <w:rsid w:val="00E92E9C"/>
     <w:rsid w:val="00E93234"/>
     <w:rsid w:val="00E93358"/>
     <w:rsid w:val="00E9447A"/>
     <w:rsid w:val="00E95B0B"/>
     <w:rsid w:val="00E96EB1"/>
     <w:rsid w:val="00E971A4"/>
     <w:rsid w:val="00E973A1"/>
     <w:rsid w:val="00EA1524"/>
     <w:rsid w:val="00EA2953"/>
     <w:rsid w:val="00EA299B"/>
     <w:rsid w:val="00EA6F3F"/>
     <w:rsid w:val="00EA6FBA"/>
     <w:rsid w:val="00EB06F0"/>
     <w:rsid w:val="00EB23DF"/>
     <w:rsid w:val="00EB2A95"/>
@@ -19254,50 +19697,51 @@
     <w:rsid w:val="00F176D2"/>
     <w:rsid w:val="00F21B5D"/>
     <w:rsid w:val="00F22005"/>
     <w:rsid w:val="00F269A6"/>
     <w:rsid w:val="00F272CB"/>
     <w:rsid w:val="00F2793C"/>
     <w:rsid w:val="00F31D78"/>
     <w:rsid w:val="00F3228D"/>
     <w:rsid w:val="00F326EF"/>
     <w:rsid w:val="00F32AEC"/>
     <w:rsid w:val="00F32DCB"/>
     <w:rsid w:val="00F3426E"/>
     <w:rsid w:val="00F35438"/>
     <w:rsid w:val="00F3613C"/>
     <w:rsid w:val="00F37C40"/>
     <w:rsid w:val="00F409FB"/>
     <w:rsid w:val="00F42F88"/>
     <w:rsid w:val="00F43192"/>
     <w:rsid w:val="00F43FA4"/>
     <w:rsid w:val="00F4439F"/>
     <w:rsid w:val="00F45591"/>
     <w:rsid w:val="00F45AA8"/>
     <w:rsid w:val="00F45B2D"/>
     <w:rsid w:val="00F467CB"/>
     <w:rsid w:val="00F53303"/>
+    <w:rsid w:val="00F5335E"/>
     <w:rsid w:val="00F54B4A"/>
     <w:rsid w:val="00F557CB"/>
     <w:rsid w:val="00F559C3"/>
     <w:rsid w:val="00F56FEF"/>
     <w:rsid w:val="00F572EC"/>
     <w:rsid w:val="00F574DC"/>
     <w:rsid w:val="00F60481"/>
     <w:rsid w:val="00F614CA"/>
     <w:rsid w:val="00F61C11"/>
     <w:rsid w:val="00F62321"/>
     <w:rsid w:val="00F627EB"/>
     <w:rsid w:val="00F62812"/>
     <w:rsid w:val="00F62E19"/>
     <w:rsid w:val="00F635B6"/>
     <w:rsid w:val="00F64F93"/>
     <w:rsid w:val="00F65070"/>
     <w:rsid w:val="00F655EC"/>
     <w:rsid w:val="00F6619F"/>
     <w:rsid w:val="00F70FBF"/>
     <w:rsid w:val="00F73FDA"/>
     <w:rsid w:val="00F7422D"/>
     <w:rsid w:val="00F75340"/>
     <w:rsid w:val="00F75AC2"/>
     <w:rsid w:val="00F7692E"/>
     <w:rsid w:val="00F77370"/>
@@ -19311,78 +19755,78 @@
     <w:rsid w:val="00F87302"/>
     <w:rsid w:val="00F87512"/>
     <w:rsid w:val="00F90CAD"/>
     <w:rsid w:val="00F91C00"/>
     <w:rsid w:val="00F92EDD"/>
     <w:rsid w:val="00F93D0C"/>
     <w:rsid w:val="00F93D52"/>
     <w:rsid w:val="00F97654"/>
     <w:rsid w:val="00F97BFF"/>
     <w:rsid w:val="00FA011C"/>
     <w:rsid w:val="00FA05DA"/>
     <w:rsid w:val="00FA0A4A"/>
     <w:rsid w:val="00FA2531"/>
     <w:rsid w:val="00FA4485"/>
     <w:rsid w:val="00FA46C0"/>
     <w:rsid w:val="00FA4E49"/>
     <w:rsid w:val="00FA4EA1"/>
     <w:rsid w:val="00FA58DB"/>
     <w:rsid w:val="00FA719F"/>
     <w:rsid w:val="00FA739B"/>
     <w:rsid w:val="00FB203B"/>
     <w:rsid w:val="00FB3BD9"/>
     <w:rsid w:val="00FB506F"/>
     <w:rsid w:val="00FB74E3"/>
     <w:rsid w:val="00FB7933"/>
+    <w:rsid w:val="00FB7F95"/>
     <w:rsid w:val="00FC05B0"/>
     <w:rsid w:val="00FC0B05"/>
     <w:rsid w:val="00FC0F2B"/>
     <w:rsid w:val="00FC12D0"/>
     <w:rsid w:val="00FC1CB4"/>
     <w:rsid w:val="00FC23D7"/>
     <w:rsid w:val="00FC2699"/>
     <w:rsid w:val="00FC2C03"/>
     <w:rsid w:val="00FC49CC"/>
     <w:rsid w:val="00FC545A"/>
     <w:rsid w:val="00FC6261"/>
     <w:rsid w:val="00FC76E4"/>
     <w:rsid w:val="00FD0194"/>
     <w:rsid w:val="00FD3F4D"/>
     <w:rsid w:val="00FD437E"/>
     <w:rsid w:val="00FD5A12"/>
     <w:rsid w:val="00FD5E2A"/>
     <w:rsid w:val="00FD766F"/>
     <w:rsid w:val="00FE19D6"/>
     <w:rsid w:val="00FE27BD"/>
     <w:rsid w:val="00FE2A32"/>
     <w:rsid w:val="00FE4892"/>
     <w:rsid w:val="00FE4B87"/>
     <w:rsid w:val="00FE5C0F"/>
     <w:rsid w:val="00FF09FD"/>
     <w:rsid w:val="00FF18CB"/>
     <w:rsid w:val="00FF30C7"/>
-    <w:rsid w:val="00FF3527"/>
     <w:rsid w:val="00FF41E8"/>
     <w:rsid w:val="00FF4BB5"/>
     <w:rsid w:val="00FF4D94"/>
     <w:rsid w:val="00FF4F52"/>
     <w:rsid w:val="00FF5C23"/>
     <w:rsid w:val="00FF6436"/>
     <w:rsid w:val="00FF6FB4"/>
     <w:rsid w:val="00FF6FDD"/>
     <w:rsid w:val="00FF7330"/>
     <w:rsid w:val="00FF7C5C"/>
     <w:rsid w:val="012B16F2"/>
     <w:rsid w:val="01921CDC"/>
     <w:rsid w:val="02053D04"/>
     <w:rsid w:val="024EF483"/>
     <w:rsid w:val="02A3038A"/>
     <w:rsid w:val="02B3A86A"/>
     <w:rsid w:val="02BD9F55"/>
     <w:rsid w:val="02CB4C12"/>
     <w:rsid w:val="02CC1E75"/>
     <w:rsid w:val="0312AA92"/>
     <w:rsid w:val="032C62BB"/>
     <w:rsid w:val="0341C2AC"/>
     <w:rsid w:val="03E24572"/>
     <w:rsid w:val="03EAC4E4"/>
     <w:rsid w:val="0405F820"/>
@@ -19425,98 +19869,102 @@
     <w:rsid w:val="0A2523B0"/>
     <w:rsid w:val="0A34668B"/>
     <w:rsid w:val="0A6F33AC"/>
     <w:rsid w:val="0B982800"/>
     <w:rsid w:val="0BE4C2FD"/>
     <w:rsid w:val="0C14FAC8"/>
     <w:rsid w:val="0C1B4AB5"/>
     <w:rsid w:val="0C2B63AC"/>
     <w:rsid w:val="0C40F6B1"/>
     <w:rsid w:val="0C53341C"/>
     <w:rsid w:val="0CBC3EE8"/>
     <w:rsid w:val="0D98086E"/>
     <w:rsid w:val="0DACDA1F"/>
     <w:rsid w:val="0DB5F936"/>
     <w:rsid w:val="0DD483D7"/>
     <w:rsid w:val="0DDAF867"/>
     <w:rsid w:val="0E0497BA"/>
     <w:rsid w:val="0E167EB3"/>
     <w:rsid w:val="0E430B34"/>
     <w:rsid w:val="0E6AF12A"/>
     <w:rsid w:val="0E705254"/>
     <w:rsid w:val="0E9CC22D"/>
     <w:rsid w:val="0EB12F0D"/>
     <w:rsid w:val="1056C761"/>
     <w:rsid w:val="1064D7FC"/>
+    <w:rsid w:val="10C9E364"/>
     <w:rsid w:val="10DE5451"/>
     <w:rsid w:val="11009829"/>
     <w:rsid w:val="1125DAF6"/>
     <w:rsid w:val="11734BBA"/>
     <w:rsid w:val="11BDDC7D"/>
     <w:rsid w:val="11D3DCB1"/>
     <w:rsid w:val="124F884E"/>
     <w:rsid w:val="12554736"/>
     <w:rsid w:val="1265184D"/>
     <w:rsid w:val="126BDE38"/>
     <w:rsid w:val="12B90B73"/>
+    <w:rsid w:val="1319F193"/>
     <w:rsid w:val="1348B440"/>
     <w:rsid w:val="1397D19A"/>
     <w:rsid w:val="13D25FE5"/>
     <w:rsid w:val="1410D02D"/>
     <w:rsid w:val="1489E5FB"/>
     <w:rsid w:val="149169A6"/>
     <w:rsid w:val="14A76AC5"/>
     <w:rsid w:val="155E11F6"/>
+    <w:rsid w:val="156B2D0F"/>
     <w:rsid w:val="15AEA48E"/>
     <w:rsid w:val="160FA99F"/>
     <w:rsid w:val="16176755"/>
     <w:rsid w:val="1625F519"/>
     <w:rsid w:val="1653AD18"/>
     <w:rsid w:val="1665F00F"/>
     <w:rsid w:val="1668B0D4"/>
     <w:rsid w:val="1687783F"/>
     <w:rsid w:val="16C9A620"/>
     <w:rsid w:val="17483900"/>
     <w:rsid w:val="1754D194"/>
     <w:rsid w:val="176EAABD"/>
     <w:rsid w:val="17F820F2"/>
     <w:rsid w:val="180EFAEE"/>
     <w:rsid w:val="182AC021"/>
     <w:rsid w:val="1837AB78"/>
     <w:rsid w:val="184287B8"/>
     <w:rsid w:val="18740256"/>
     <w:rsid w:val="18C5BA0E"/>
     <w:rsid w:val="190A69E6"/>
     <w:rsid w:val="1985F758"/>
     <w:rsid w:val="19884CC2"/>
     <w:rsid w:val="199A9A22"/>
     <w:rsid w:val="19BF1679"/>
     <w:rsid w:val="19FD3A98"/>
     <w:rsid w:val="1A29A12B"/>
     <w:rsid w:val="1A523DAC"/>
     <w:rsid w:val="1B0A9527"/>
     <w:rsid w:val="1B1647B2"/>
+    <w:rsid w:val="1C01B2E2"/>
     <w:rsid w:val="1C6F1962"/>
     <w:rsid w:val="1CA00FF3"/>
     <w:rsid w:val="1CBA437C"/>
     <w:rsid w:val="1CD29583"/>
     <w:rsid w:val="1CF90740"/>
     <w:rsid w:val="1D7154A5"/>
     <w:rsid w:val="1D79AA11"/>
     <w:rsid w:val="1D9D0D76"/>
     <w:rsid w:val="1D9F913C"/>
     <w:rsid w:val="1E0F1A65"/>
     <w:rsid w:val="1E7487D1"/>
     <w:rsid w:val="1E7D7E4D"/>
     <w:rsid w:val="1EBFDFF3"/>
     <w:rsid w:val="1F07638A"/>
     <w:rsid w:val="1F87C401"/>
     <w:rsid w:val="1F9F6511"/>
     <w:rsid w:val="1FE9EAAB"/>
     <w:rsid w:val="202DB2AA"/>
     <w:rsid w:val="20BC35D1"/>
     <w:rsid w:val="20D783EB"/>
     <w:rsid w:val="21515754"/>
     <w:rsid w:val="21A0DDEF"/>
     <w:rsid w:val="2234BE7E"/>
     <w:rsid w:val="224C807D"/>
     <w:rsid w:val="227BBBB6"/>
@@ -19528,55 +19976,58 @@
     <w:rsid w:val="23A047FE"/>
     <w:rsid w:val="23AE0AF8"/>
     <w:rsid w:val="23D34CC9"/>
     <w:rsid w:val="24720BEB"/>
     <w:rsid w:val="247F2683"/>
     <w:rsid w:val="24BFE0AC"/>
     <w:rsid w:val="24EB8840"/>
     <w:rsid w:val="252F4D00"/>
     <w:rsid w:val="2574472E"/>
     <w:rsid w:val="259C49FA"/>
     <w:rsid w:val="25A8CC94"/>
     <w:rsid w:val="25C46649"/>
     <w:rsid w:val="25EDC383"/>
     <w:rsid w:val="261AF6E4"/>
     <w:rsid w:val="26910FCD"/>
     <w:rsid w:val="2732E4FC"/>
     <w:rsid w:val="274E1E12"/>
     <w:rsid w:val="27641E46"/>
     <w:rsid w:val="279AF85A"/>
     <w:rsid w:val="27ECDD34"/>
     <w:rsid w:val="28252FE1"/>
     <w:rsid w:val="2875353E"/>
     <w:rsid w:val="28860DAB"/>
     <w:rsid w:val="288612F8"/>
     <w:rsid w:val="28F99510"/>
+    <w:rsid w:val="291547A1"/>
     <w:rsid w:val="2941983B"/>
     <w:rsid w:val="294C3354"/>
     <w:rsid w:val="29B3DD5A"/>
     <w:rsid w:val="29C51831"/>
     <w:rsid w:val="29C7E308"/>
+    <w:rsid w:val="29D214E1"/>
+    <w:rsid w:val="2A07F983"/>
     <w:rsid w:val="2A9DFB87"/>
     <w:rsid w:val="2B7AA836"/>
     <w:rsid w:val="2BC74BD6"/>
     <w:rsid w:val="2C4FBBA7"/>
     <w:rsid w:val="2C52BA9C"/>
     <w:rsid w:val="2CBFDF69"/>
     <w:rsid w:val="2CDD74EB"/>
     <w:rsid w:val="2CE7BD2E"/>
     <w:rsid w:val="2D104CAB"/>
     <w:rsid w:val="2D3371B8"/>
     <w:rsid w:val="2D44F153"/>
     <w:rsid w:val="2DAC9EDA"/>
     <w:rsid w:val="2DD5AA23"/>
     <w:rsid w:val="2E019586"/>
     <w:rsid w:val="2E7D72C9"/>
     <w:rsid w:val="2E96387C"/>
     <w:rsid w:val="2EC77A40"/>
     <w:rsid w:val="2F06E676"/>
     <w:rsid w:val="2F0D489C"/>
     <w:rsid w:val="2F51109B"/>
     <w:rsid w:val="2F5712F9"/>
     <w:rsid w:val="2F9EFF61"/>
     <w:rsid w:val="2FC1D92A"/>
     <w:rsid w:val="2FCA8CF0"/>
     <w:rsid w:val="2FD9CF89"/>
@@ -19592,50 +20043,51 @@
     <w:rsid w:val="313F7739"/>
     <w:rsid w:val="31639ACA"/>
     <w:rsid w:val="31734FE5"/>
     <w:rsid w:val="31A04249"/>
     <w:rsid w:val="31A5C6E2"/>
     <w:rsid w:val="31A88051"/>
     <w:rsid w:val="31C050FB"/>
     <w:rsid w:val="323E8738"/>
     <w:rsid w:val="3266662A"/>
     <w:rsid w:val="32729D97"/>
     <w:rsid w:val="32975C7E"/>
     <w:rsid w:val="329C8ABB"/>
     <w:rsid w:val="32A172CA"/>
     <w:rsid w:val="33D3E160"/>
     <w:rsid w:val="33F4604C"/>
     <w:rsid w:val="34306A58"/>
     <w:rsid w:val="34F69001"/>
     <w:rsid w:val="350BD94F"/>
     <w:rsid w:val="3518BC00"/>
     <w:rsid w:val="351A4F97"/>
     <w:rsid w:val="3536F6F2"/>
     <w:rsid w:val="357A450E"/>
     <w:rsid w:val="3624EB92"/>
     <w:rsid w:val="364F382B"/>
     <w:rsid w:val="3667C851"/>
+    <w:rsid w:val="36891B6D"/>
     <w:rsid w:val="3689DBEB"/>
     <w:rsid w:val="36F3DE35"/>
     <w:rsid w:val="37013A7F"/>
     <w:rsid w:val="37133A1A"/>
     <w:rsid w:val="37227CB3"/>
     <w:rsid w:val="372A5847"/>
     <w:rsid w:val="37773387"/>
     <w:rsid w:val="37F87390"/>
     <w:rsid w:val="386A0B3C"/>
     <w:rsid w:val="387B8134"/>
     <w:rsid w:val="389FCA9F"/>
     <w:rsid w:val="38E4C18E"/>
     <w:rsid w:val="38F559C7"/>
     <w:rsid w:val="39029EB4"/>
     <w:rsid w:val="3940ABB4"/>
     <w:rsid w:val="399854E2"/>
     <w:rsid w:val="39E6FE1D"/>
     <w:rsid w:val="3AFD8C84"/>
     <w:rsid w:val="3B13CB5C"/>
     <w:rsid w:val="3B390E29"/>
     <w:rsid w:val="3BA607E4"/>
     <w:rsid w:val="3BF84EC4"/>
     <w:rsid w:val="3D57DBFC"/>
     <w:rsid w:val="3D72A804"/>
     <w:rsid w:val="3DCB0FC0"/>
@@ -19823,50 +20275,51 @@
     <w:rsid w:val="6C217A6A"/>
     <w:rsid w:val="6C4CF8A2"/>
     <w:rsid w:val="6CC06FD2"/>
     <w:rsid w:val="6D085F37"/>
     <w:rsid w:val="6D0AE57B"/>
     <w:rsid w:val="6D2FB551"/>
     <w:rsid w:val="6D9B2D09"/>
     <w:rsid w:val="6DCBCB4D"/>
     <w:rsid w:val="6DD3C4EE"/>
     <w:rsid w:val="6DFBCD6F"/>
     <w:rsid w:val="6E6BC675"/>
     <w:rsid w:val="6EB0BD64"/>
     <w:rsid w:val="6EB6F4A7"/>
     <w:rsid w:val="6EF9808E"/>
     <w:rsid w:val="6F43BAEA"/>
     <w:rsid w:val="6FAB0C1C"/>
     <w:rsid w:val="6FC2BC85"/>
     <w:rsid w:val="6FFEA09D"/>
     <w:rsid w:val="70153D14"/>
     <w:rsid w:val="7029E7C3"/>
     <w:rsid w:val="703E143E"/>
     <w:rsid w:val="706B4EA3"/>
     <w:rsid w:val="70758E5E"/>
     <w:rsid w:val="70CE5C47"/>
     <w:rsid w:val="71802E56"/>
+    <w:rsid w:val="71972B09"/>
     <w:rsid w:val="71DE9613"/>
     <w:rsid w:val="7223A222"/>
     <w:rsid w:val="72661E31"/>
     <w:rsid w:val="7330AC84"/>
     <w:rsid w:val="736D2265"/>
     <w:rsid w:val="7392A6D7"/>
     <w:rsid w:val="7435599B"/>
     <w:rsid w:val="743FD264"/>
     <w:rsid w:val="74B928E4"/>
     <w:rsid w:val="74C1DA06"/>
     <w:rsid w:val="74F071B0"/>
     <w:rsid w:val="751BF05B"/>
     <w:rsid w:val="75AD596D"/>
     <w:rsid w:val="75C3B638"/>
     <w:rsid w:val="75FC03FC"/>
     <w:rsid w:val="764518B9"/>
     <w:rsid w:val="767943E0"/>
     <w:rsid w:val="76B96562"/>
     <w:rsid w:val="770D7820"/>
     <w:rsid w:val="7796370E"/>
     <w:rsid w:val="77E0E91A"/>
     <w:rsid w:val="78CFADFF"/>
     <w:rsid w:val="7932977F"/>
     <w:rsid w:val="79424627"/>
     <w:rsid w:val="7943D736"/>
@@ -19896,51 +20349,51 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3648F9D7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{28C30236-28DA-4CFF-B89D-A4153F8EFB6C}"/>
+  <w15:docId w15:val="{70314631-0FED-4B55-9F50-0C447B9D82BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20715,51 +21168,51 @@
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F91C00"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:smallCaps/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00541BAE"/>
+    <w:rsid w:val="00040C05"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="0"/>
       <w:ind w:left="216"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B848B6"/>
     <w:pPr>
       <w:spacing w:after="0"/>
@@ -21653,51 +22106,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1865360056">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stewa150@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.lib.msu.edu/medicalboardexamprep" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pfotenha@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5117/5077/8445/Policy_-_Clerkship_Absence_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stewa150@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.truelearn.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.lib.msu.edu/medicalboardexamprep" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbme.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbome.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5017/1828/3838/Clerkship-Absence-Policy.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pfotenha@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21968,65 +22421,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="574f10e2-822b-418f-863c-ba78d4428076" xmlns:ns3="2b014413-6982-4c05-9996-2a0d85e0042d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cca7ceb4af48d6e9b8d5a3f363677296" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075C3CA1D0EC2FF4098631BC89A60C26D" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="508fb65361b8141647bfde57b1b5af8c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="574f10e2-822b-418f-863c-ba78d4428076" xmlns:ns3="2b014413-6982-4c05-9996-2a0d85e0042d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9d9b1cff18e1f127117022f61d032b94" ns2:_="" ns3:_="">
     <xsd:import namespace="574f10e2-822b-418f-863c-ba78d4428076"/>
     <xsd:import namespace="2b014413-6982-4c05-9996-2a0d85e0042d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:Lastmodified" minOccurs="0"/>
                 <xsd:element ref="ns3:Updates" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -22253,152 +22693,180 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Lastmodified xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <Updates xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <SharedWithUsers xmlns="574f10e2-822b-418f-863c-ba78d4428076">
       <UserInfo>
         <DisplayName>Enright, Susan</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Pfotenhauer, Kim</DisplayName>
         <AccountId>6</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Dunckel, Eric</DisplayName>
         <AccountId>16</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Millikan, Erin</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Williams-Baker, Mariah</DisplayName>
         <AccountId>36</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Gardner, Emily</DisplayName>
         <AccountId>31</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Kroll, Krystal</DisplayName>
         <AccountId>387</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <TaxCatchAll xmlns="574f10e2-822b-418f-863c-ba78d4428076" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2b014413-6982-4c05-9996-2a0d85e0042d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{153B7438-93CD-452A-B2C9-869DA3E5A955}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838E748D-C58D-4469-B046-1CF6CA5804F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27C41B7C-3237-4402-A655-564B309E25F2}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E22BCD-8A6A-417A-B815-19D7093A6256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2b014413-6982-4c05-9996-2a0d85e0042d"/>
     <ds:schemaRef ds:uri="574f10e2-822b-418f-863c-ba78d4428076"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56475D27-97EC-4FE0-AA84-67DF2B7BB0C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{22177130-642f-41d9-9211-74237ad5687d}" enabled="0" method="" siteId="{22177130-642f-41d9-9211-74237ad5687d}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>4052</Words>
-  <Characters>23100</Characters>
+  <Words>3857</Words>
+  <Characters>21986</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>192</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>MSUCOM Clerkship Syllabus</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27098</CharactersWithSpaces>
+  <CharactersWithSpaces>25792</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MSUCOM Clerkship Syllabus</dc:title>
   <dc:subject/>
   <dc:creator>Gardner, Emily</dc:creator>
   <cp:keywords>MSUCOM Clerkship Syllabus</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010075C3CA1D0EC2FF4098631BC89A60C26D</vt:lpwstr>
   </property>