--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -2446,51 +2446,65 @@
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3437A4D1" w14:textId="6B7B45C6" w:rsidR="00040C05" w:rsidRDefault="00040C05">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc218755205" w:history="1">
         <w:r w:rsidRPr="00A47FE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
-          <w:t>STUDENT RESPONSIBILITIES AND EXPECTATIONS</w:t>
+          <w:t>STUDENT RESP</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A47FE3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+          </w:rPr>
+          <w:t>O</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A47FE3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+          </w:rPr>
+          <w:t>NSIBILITIES AND EXPECTATIONS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc218755205 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
@@ -6002,65 +6016,51 @@
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Board review book</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3D0460" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="229" w:lineRule="exact"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Students will also identify at least one study resource (book, learning platform, </w:t>
-[...13 lines deleted...]
-        <w:t>) that they</w:t>
+        <w:t>Students will also identify at least one study resource (book, learning platform, etc.) that they</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F03D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">will be utilizing during this course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF60A04" w14:textId="77777777" w:rsidR="001F03D2" w:rsidRDefault="001F03D2" w:rsidP="001F03D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="229" w:lineRule="exact"/>
         <w:ind w:left="1200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -7295,65 +7295,56 @@
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Learning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34630366" w14:textId="77777777" w:rsidR="00F12B7D" w:rsidRDefault="00F12B7D" w:rsidP="00F12B7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1561"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="12" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Test</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> taking</w:t>
+        <w:t>Test taking</w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F12B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67066F70" w14:textId="280CF90A" w:rsidR="008F11EE" w:rsidRDefault="008F11EE" w:rsidP="00F12B7D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
@@ -9240,51 +9231,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F8FE7B2" w14:textId="2281CD67" w:rsidR="00EE26CC" w:rsidRPr="00726AB4" w:rsidRDefault="00EE26CC" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FF9B597" w14:textId="77777777" w:rsidR="00726AB4" w:rsidRPr="0096296A" w:rsidRDefault="00726AB4" w:rsidP="002B6A09">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc218755211"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>Medical Student Rights and Responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="0096296A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2D4E8B" w14:textId="639A6DDE" w:rsidR="00E20D8B" w:rsidRPr="00E20D8B" w:rsidRDefault="00E20D8B" w:rsidP="002B6A09">
+    <w:p w14:paraId="5A2D4E8B" w14:textId="485254D0" w:rsidR="00E20D8B" w:rsidRPr="00E20D8B" w:rsidRDefault="00E20D8B" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The rights and responsibilities of students enrolled in MSUCOM are defined by the medical colleges of Michigan State University, including </w:t>
       </w:r>
       <w:r w:rsidR="00043790">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>the College of Osteopathic Medicine</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -9303,64 +9294,59 @@
       <w:r w:rsidR="007F0BA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>College of Veterinary Medicine. Students enrolled in the professional curricula of these colleges are identified as “medical students</w:t>
       </w:r>
       <w:r w:rsidR="00142CFA" w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.”</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20D8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> These colleges collectively define “Medical Student Rights and Responsibilities” (MSRR). This document addresses academic rights and responsibilities, governance, procedures for complaints, due process, and other topics. The current version is available on the MSU Spartan Life website at the address below: </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="00E20D8B">
-[...4 lines deleted...]
-          <w:t>http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr</w:t>
+        <w:r w:rsidR="00AC6CFA" w:rsidRPr="00AC6CFA">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Medical Student Rights and Responsibilities | Office of Spartan Experiences | Michigan State University</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="22F3D054" w14:textId="7E8BE407" w:rsidR="0003153D" w:rsidRPr="00C40B5D" w:rsidRDefault="0003153D" w:rsidP="002B6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D70F228" w14:textId="77777777" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc218755212"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>MSU Email</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
@@ -9457,65 +9443,51 @@
       <w:r w:rsidR="00A96018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Student D2L email addresses must be forwarded to your MSU email account.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3D480A" w14:textId="77777777" w:rsidR="00CD18CF" w:rsidRPr="00C40B5D" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6901697E" w14:textId="53835B7E" w:rsidR="00CD18CF" w:rsidRDefault="00CD18CF" w:rsidP="00CD18CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="70FB6F6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Further, students must use secure email when working in a hospital, clinic, or other health care setting if discussion of patient information is involved. MSUNet (msu.edu) email is secure; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> web-based email systems including Hotmail, Gmail, and Yahoo are not.</w:t>
+        <w:t>Further, students must use secure email when working in a hospital, clinic, or other health care setting if discussion of patient information is involved. MSUNet (msu.edu) email is secure; many web-based email systems including Hotmail, Gmail, and Yahoo are not.</w:t>
       </w:r>
       <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="0055268A" w:rsidRPr="0055268A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://osteopathicmedicine.msu.edu/current-students/student-handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00040C05" w:rsidRPr="0055268A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02DABCAD" w14:textId="77777777" w:rsidR="002952A5" w:rsidRDefault="002952A5" w:rsidP="00907905">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="right"/>
@@ -9736,65 +9708,51 @@
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="0096296A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>protocol</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been developed by the University Physician to report incidents of exposure, </w:t>
       </w:r>
       <w:r w:rsidR="00040C05" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> needle sticks, mucous membrane exposure, tuberculosis exposure, </w:t>
-[...13 lines deleted...]
-        <w:t>, and</w:t>
+        <w:t xml:space="preserve"> needle sticks, mucous membrane exposure, tuberculosis exposure, etc., and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be found </w:t>
       </w:r>
       <w:r w:rsidR="00F04608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">here: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D734410" w14:textId="5E63FA92" w:rsidR="00EC72B0" w:rsidRPr="00C40B5D" w:rsidRDefault="00F04608" w:rsidP="00F04608">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:rPr>
@@ -13136,71 +13094,71 @@
     </w:tbl>
     <w:p w14:paraId="389FB45A" w14:textId="77777777" w:rsidR="006329BE" w:rsidRPr="004E635D" w:rsidRDefault="006329BE" w:rsidP="004B5586">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006329BE" w:rsidRPr="004E635D" w:rsidSect="00ED30C7">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DE93E42" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
+    <w:p w14:paraId="6CECC07E" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04223211" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
+    <w:p w14:paraId="3C4679D1" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E378410" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C">
+    <w:p w14:paraId="27C68D75" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13317,71 +13275,71 @@
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1897F73F" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C" w:rsidP="0007294E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6AA69007" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C"/>
   <w:p w14:paraId="378C7E39" w14:textId="77777777" w:rsidR="005305BC" w:rsidRDefault="005305BC"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E0A3054" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
+    <w:p w14:paraId="75961B6E" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1096AC37" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C" w:rsidP="00E756E0">
+    <w:p w14:paraId="1C40DB5C" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F" w:rsidP="00E756E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25334E65" w14:textId="77777777" w:rsidR="0043568C" w:rsidRDefault="0043568C">
+    <w:p w14:paraId="58586226" w14:textId="77777777" w:rsidR="0035299F" w:rsidRDefault="0035299F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="649BFD9A" w14:textId="692C6CE6" w:rsidR="004A166C" w:rsidRDefault="004A166C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="685AB554" w14:textId="77777777" w:rsidR="004A166C" w:rsidRDefault="004A166C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -17541,51 +17499,51 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="717247868">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1572500642">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="763459857">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="36249525">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="672879436">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1826585396">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="76"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -17767,50 +17725,51 @@
     <w:rsid w:val="001404A4"/>
     <w:rsid w:val="0014111C"/>
     <w:rsid w:val="0014138A"/>
     <w:rsid w:val="001414A5"/>
     <w:rsid w:val="00141639"/>
     <w:rsid w:val="001422AA"/>
     <w:rsid w:val="00142CFA"/>
     <w:rsid w:val="00143DEE"/>
     <w:rsid w:val="00145B27"/>
     <w:rsid w:val="00145CC0"/>
     <w:rsid w:val="00146883"/>
     <w:rsid w:val="001470B9"/>
     <w:rsid w:val="00152226"/>
     <w:rsid w:val="001527B8"/>
     <w:rsid w:val="00152AB7"/>
     <w:rsid w:val="001546A2"/>
     <w:rsid w:val="00155C66"/>
     <w:rsid w:val="00156BF4"/>
     <w:rsid w:val="00160992"/>
     <w:rsid w:val="001613D1"/>
     <w:rsid w:val="001613F5"/>
     <w:rsid w:val="00161DD1"/>
     <w:rsid w:val="0016209E"/>
     <w:rsid w:val="00163D5A"/>
     <w:rsid w:val="0016491E"/>
+    <w:rsid w:val="00164CA5"/>
     <w:rsid w:val="00165CD1"/>
     <w:rsid w:val="00166EE1"/>
     <w:rsid w:val="00167B45"/>
     <w:rsid w:val="0017052E"/>
     <w:rsid w:val="00171FE6"/>
     <w:rsid w:val="001726E2"/>
     <w:rsid w:val="00172C55"/>
     <w:rsid w:val="001730E1"/>
     <w:rsid w:val="00176BF0"/>
     <w:rsid w:val="00177AFE"/>
     <w:rsid w:val="00177E72"/>
     <w:rsid w:val="00180953"/>
     <w:rsid w:val="00181280"/>
     <w:rsid w:val="001820E7"/>
     <w:rsid w:val="0018402A"/>
     <w:rsid w:val="00184E82"/>
     <w:rsid w:val="001851E4"/>
     <w:rsid w:val="001858E5"/>
     <w:rsid w:val="001864C5"/>
     <w:rsid w:val="0018758A"/>
     <w:rsid w:val="001878D8"/>
     <w:rsid w:val="00187F41"/>
     <w:rsid w:val="00190080"/>
     <w:rsid w:val="001902B5"/>
     <w:rsid w:val="00191877"/>
@@ -17954,50 +17913,51 @@
     <w:rsid w:val="002812BA"/>
     <w:rsid w:val="00282343"/>
     <w:rsid w:val="00284F2C"/>
     <w:rsid w:val="0028703E"/>
     <w:rsid w:val="002876A8"/>
     <w:rsid w:val="00291DED"/>
     <w:rsid w:val="00292620"/>
     <w:rsid w:val="00292DAA"/>
     <w:rsid w:val="002932E6"/>
     <w:rsid w:val="002944B7"/>
     <w:rsid w:val="002950F6"/>
     <w:rsid w:val="002952A5"/>
     <w:rsid w:val="00295673"/>
     <w:rsid w:val="00296760"/>
     <w:rsid w:val="00297546"/>
     <w:rsid w:val="00297D0A"/>
     <w:rsid w:val="002A0FEA"/>
     <w:rsid w:val="002A149A"/>
     <w:rsid w:val="002A1EBC"/>
     <w:rsid w:val="002A32B0"/>
     <w:rsid w:val="002A6615"/>
     <w:rsid w:val="002A6A48"/>
     <w:rsid w:val="002A6B64"/>
     <w:rsid w:val="002A704E"/>
     <w:rsid w:val="002A7DB0"/>
+    <w:rsid w:val="002B20A7"/>
     <w:rsid w:val="002B21B0"/>
     <w:rsid w:val="002B2878"/>
     <w:rsid w:val="002B2B0C"/>
     <w:rsid w:val="002B366A"/>
     <w:rsid w:val="002B3D03"/>
     <w:rsid w:val="002B4799"/>
     <w:rsid w:val="002B6A09"/>
     <w:rsid w:val="002B75FF"/>
     <w:rsid w:val="002C0111"/>
     <w:rsid w:val="002C6ECB"/>
     <w:rsid w:val="002C73AF"/>
     <w:rsid w:val="002D4AE9"/>
     <w:rsid w:val="002D650C"/>
     <w:rsid w:val="002D75BF"/>
     <w:rsid w:val="002E1C02"/>
     <w:rsid w:val="002E26D0"/>
     <w:rsid w:val="002E29CC"/>
     <w:rsid w:val="002E37C0"/>
     <w:rsid w:val="002E37DD"/>
     <w:rsid w:val="002E4141"/>
     <w:rsid w:val="002E4D1A"/>
     <w:rsid w:val="002E5051"/>
     <w:rsid w:val="002E569B"/>
     <w:rsid w:val="002E5A5E"/>
     <w:rsid w:val="002E7B08"/>
@@ -18038,50 +17998,51 @@
     <w:rsid w:val="003266CF"/>
     <w:rsid w:val="00330825"/>
     <w:rsid w:val="00330DDD"/>
     <w:rsid w:val="00331AFE"/>
     <w:rsid w:val="00333FE7"/>
     <w:rsid w:val="00334304"/>
     <w:rsid w:val="00335B64"/>
     <w:rsid w:val="003361BF"/>
     <w:rsid w:val="0033686B"/>
     <w:rsid w:val="003368F7"/>
     <w:rsid w:val="00336F67"/>
     <w:rsid w:val="003372FF"/>
     <w:rsid w:val="003373E2"/>
     <w:rsid w:val="0034095D"/>
     <w:rsid w:val="00340F75"/>
     <w:rsid w:val="003415C9"/>
     <w:rsid w:val="00342710"/>
     <w:rsid w:val="00343E09"/>
     <w:rsid w:val="003442A7"/>
     <w:rsid w:val="00344940"/>
     <w:rsid w:val="00344DCB"/>
     <w:rsid w:val="0034687D"/>
     <w:rsid w:val="00346AE1"/>
     <w:rsid w:val="00347616"/>
     <w:rsid w:val="003515B1"/>
+    <w:rsid w:val="0035299F"/>
     <w:rsid w:val="00353081"/>
     <w:rsid w:val="00353B85"/>
     <w:rsid w:val="00354A88"/>
     <w:rsid w:val="00355156"/>
     <w:rsid w:val="0035588A"/>
     <w:rsid w:val="00356709"/>
     <w:rsid w:val="0035686A"/>
     <w:rsid w:val="00357E05"/>
     <w:rsid w:val="003603B5"/>
     <w:rsid w:val="00360E21"/>
     <w:rsid w:val="00361507"/>
     <w:rsid w:val="0036173C"/>
     <w:rsid w:val="00364859"/>
     <w:rsid w:val="003649E2"/>
     <w:rsid w:val="00364DA2"/>
     <w:rsid w:val="003654DC"/>
     <w:rsid w:val="003658A1"/>
     <w:rsid w:val="003672EC"/>
     <w:rsid w:val="003675DD"/>
     <w:rsid w:val="003706DC"/>
     <w:rsid w:val="00370D9E"/>
     <w:rsid w:val="003735B5"/>
     <w:rsid w:val="003735F2"/>
     <w:rsid w:val="00373DF0"/>
     <w:rsid w:val="00373F8D"/>
@@ -18203,50 +18164,51 @@
     <w:rsid w:val="0046189F"/>
     <w:rsid w:val="0046304A"/>
     <w:rsid w:val="00463956"/>
     <w:rsid w:val="00464B1E"/>
     <w:rsid w:val="00465B04"/>
     <w:rsid w:val="00465F80"/>
     <w:rsid w:val="00466DA6"/>
     <w:rsid w:val="004672BE"/>
     <w:rsid w:val="004679D7"/>
     <w:rsid w:val="00472EE7"/>
     <w:rsid w:val="0047429C"/>
     <w:rsid w:val="004754F3"/>
     <w:rsid w:val="00480340"/>
     <w:rsid w:val="0048042E"/>
     <w:rsid w:val="00480DFA"/>
     <w:rsid w:val="0048104E"/>
     <w:rsid w:val="00481BAF"/>
     <w:rsid w:val="00482B9E"/>
     <w:rsid w:val="00483F80"/>
     <w:rsid w:val="00484408"/>
     <w:rsid w:val="00484554"/>
     <w:rsid w:val="00486EC3"/>
     <w:rsid w:val="00486F14"/>
     <w:rsid w:val="00487535"/>
     <w:rsid w:val="00487C73"/>
+    <w:rsid w:val="004905D8"/>
     <w:rsid w:val="0049300B"/>
     <w:rsid w:val="00493E5B"/>
     <w:rsid w:val="0049486E"/>
     <w:rsid w:val="00494CF2"/>
     <w:rsid w:val="00495289"/>
     <w:rsid w:val="00495A1A"/>
     <w:rsid w:val="00495FED"/>
     <w:rsid w:val="00496781"/>
     <w:rsid w:val="0049678F"/>
     <w:rsid w:val="004969A2"/>
     <w:rsid w:val="004A105C"/>
     <w:rsid w:val="004A14A0"/>
     <w:rsid w:val="004A166C"/>
     <w:rsid w:val="004A305A"/>
     <w:rsid w:val="004A31FF"/>
     <w:rsid w:val="004A3EDE"/>
     <w:rsid w:val="004A44D0"/>
     <w:rsid w:val="004A5088"/>
     <w:rsid w:val="004A52F3"/>
     <w:rsid w:val="004A6876"/>
     <w:rsid w:val="004A7775"/>
     <w:rsid w:val="004A7E40"/>
     <w:rsid w:val="004B126A"/>
     <w:rsid w:val="004B140D"/>
     <w:rsid w:val="004B145C"/>
@@ -19093,50 +19055,51 @@
     <w:rsid w:val="00AA3B11"/>
     <w:rsid w:val="00AA470A"/>
     <w:rsid w:val="00AA69D0"/>
     <w:rsid w:val="00AA6C9A"/>
     <w:rsid w:val="00AA771E"/>
     <w:rsid w:val="00AB1594"/>
     <w:rsid w:val="00AB1A4C"/>
     <w:rsid w:val="00AB3840"/>
     <w:rsid w:val="00AB3AA7"/>
     <w:rsid w:val="00AB3AB7"/>
     <w:rsid w:val="00AB3BAA"/>
     <w:rsid w:val="00AB3F4C"/>
     <w:rsid w:val="00AB3FAA"/>
     <w:rsid w:val="00AB4799"/>
     <w:rsid w:val="00AB48E2"/>
     <w:rsid w:val="00AB4975"/>
     <w:rsid w:val="00AB49E9"/>
     <w:rsid w:val="00AB5135"/>
     <w:rsid w:val="00AB59B6"/>
     <w:rsid w:val="00AB67A4"/>
     <w:rsid w:val="00AB7BC7"/>
     <w:rsid w:val="00AC135A"/>
     <w:rsid w:val="00AC45D6"/>
     <w:rsid w:val="00AC4B0D"/>
     <w:rsid w:val="00AC4FCA"/>
+    <w:rsid w:val="00AC6CFA"/>
     <w:rsid w:val="00AC6E56"/>
     <w:rsid w:val="00AC76FD"/>
     <w:rsid w:val="00AD096F"/>
     <w:rsid w:val="00AD19D9"/>
     <w:rsid w:val="00AD2CF6"/>
     <w:rsid w:val="00AD2EF8"/>
     <w:rsid w:val="00AD69E2"/>
     <w:rsid w:val="00AD6FE9"/>
     <w:rsid w:val="00AE0C68"/>
     <w:rsid w:val="00AE1B87"/>
     <w:rsid w:val="00AE3704"/>
     <w:rsid w:val="00AE4B80"/>
     <w:rsid w:val="00AE5750"/>
     <w:rsid w:val="00AE7DCB"/>
     <w:rsid w:val="00AF04B1"/>
     <w:rsid w:val="00AF1100"/>
     <w:rsid w:val="00AF30FA"/>
     <w:rsid w:val="00AF40B7"/>
     <w:rsid w:val="00AF4D6D"/>
     <w:rsid w:val="00AF6880"/>
     <w:rsid w:val="00AF7016"/>
     <w:rsid w:val="00B00190"/>
     <w:rsid w:val="00B01C63"/>
     <w:rsid w:val="00B0258B"/>
     <w:rsid w:val="00B02E15"/>
@@ -19164,50 +19127,51 @@
     <w:rsid w:val="00B23B88"/>
     <w:rsid w:val="00B2409D"/>
     <w:rsid w:val="00B256BD"/>
     <w:rsid w:val="00B25916"/>
     <w:rsid w:val="00B26BE6"/>
     <w:rsid w:val="00B309FE"/>
     <w:rsid w:val="00B33D73"/>
     <w:rsid w:val="00B33DFD"/>
     <w:rsid w:val="00B34DF9"/>
     <w:rsid w:val="00B34F3E"/>
     <w:rsid w:val="00B3664E"/>
     <w:rsid w:val="00B36CB9"/>
     <w:rsid w:val="00B36E42"/>
     <w:rsid w:val="00B36EB3"/>
     <w:rsid w:val="00B406CC"/>
     <w:rsid w:val="00B40EE1"/>
     <w:rsid w:val="00B42002"/>
     <w:rsid w:val="00B42FB7"/>
     <w:rsid w:val="00B42FDB"/>
     <w:rsid w:val="00B43C83"/>
     <w:rsid w:val="00B43D0E"/>
     <w:rsid w:val="00B43E5B"/>
     <w:rsid w:val="00B45706"/>
     <w:rsid w:val="00B45E96"/>
     <w:rsid w:val="00B51C98"/>
+    <w:rsid w:val="00B51CF1"/>
     <w:rsid w:val="00B5485B"/>
     <w:rsid w:val="00B560CF"/>
     <w:rsid w:val="00B611BC"/>
     <w:rsid w:val="00B61528"/>
     <w:rsid w:val="00B62CF1"/>
     <w:rsid w:val="00B6301C"/>
     <w:rsid w:val="00B6348E"/>
     <w:rsid w:val="00B638A5"/>
     <w:rsid w:val="00B648F3"/>
     <w:rsid w:val="00B650DE"/>
     <w:rsid w:val="00B657CC"/>
     <w:rsid w:val="00B65876"/>
     <w:rsid w:val="00B66610"/>
     <w:rsid w:val="00B703CD"/>
     <w:rsid w:val="00B70BF7"/>
     <w:rsid w:val="00B70D38"/>
     <w:rsid w:val="00B70E67"/>
     <w:rsid w:val="00B71814"/>
     <w:rsid w:val="00B72C2C"/>
     <w:rsid w:val="00B7419A"/>
     <w:rsid w:val="00B7447A"/>
     <w:rsid w:val="00B77366"/>
     <w:rsid w:val="00B824A5"/>
     <w:rsid w:val="00B82AD4"/>
     <w:rsid w:val="00B842F8"/>
@@ -19522,50 +19486,51 @@
     <w:rsid w:val="00DD4A97"/>
     <w:rsid w:val="00DD4DCC"/>
     <w:rsid w:val="00DD4FC2"/>
     <w:rsid w:val="00DD5D3D"/>
     <w:rsid w:val="00DD5D8F"/>
     <w:rsid w:val="00DD62A7"/>
     <w:rsid w:val="00DD671F"/>
     <w:rsid w:val="00DD6BBA"/>
     <w:rsid w:val="00DD76D7"/>
     <w:rsid w:val="00DE020F"/>
     <w:rsid w:val="00DE073A"/>
     <w:rsid w:val="00DE0F05"/>
     <w:rsid w:val="00DE21D5"/>
     <w:rsid w:val="00DE380B"/>
     <w:rsid w:val="00DE7EC3"/>
     <w:rsid w:val="00DF00C6"/>
     <w:rsid w:val="00DF02E6"/>
     <w:rsid w:val="00DF0C08"/>
     <w:rsid w:val="00DF20BC"/>
     <w:rsid w:val="00DF3E9B"/>
     <w:rsid w:val="00DF5134"/>
     <w:rsid w:val="00DF55E0"/>
     <w:rsid w:val="00DF5D46"/>
     <w:rsid w:val="00DF6917"/>
     <w:rsid w:val="00DF713E"/>
+    <w:rsid w:val="00DF7F73"/>
     <w:rsid w:val="00E0125E"/>
     <w:rsid w:val="00E0283B"/>
     <w:rsid w:val="00E032A7"/>
     <w:rsid w:val="00E03E64"/>
     <w:rsid w:val="00E04581"/>
     <w:rsid w:val="00E04F02"/>
     <w:rsid w:val="00E059DD"/>
     <w:rsid w:val="00E0628C"/>
     <w:rsid w:val="00E063DF"/>
     <w:rsid w:val="00E06CAC"/>
     <w:rsid w:val="00E100C7"/>
     <w:rsid w:val="00E10E67"/>
     <w:rsid w:val="00E11B3A"/>
     <w:rsid w:val="00E11CEA"/>
     <w:rsid w:val="00E132DF"/>
     <w:rsid w:val="00E13D12"/>
     <w:rsid w:val="00E15960"/>
     <w:rsid w:val="00E15E8D"/>
     <w:rsid w:val="00E16BCC"/>
     <w:rsid w:val="00E20143"/>
     <w:rsid w:val="00E20D8B"/>
     <w:rsid w:val="00E21148"/>
     <w:rsid w:val="00E25445"/>
     <w:rsid w:val="00E25C2C"/>
     <w:rsid w:val="00E25C78"/>
@@ -22020,50 +21985,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1150563841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1637563730">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2012441636">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1958247786">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -22106,51 +22084,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1865360056">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stewa150@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.truelearn.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.lib.msu.edu/medicalboardexamprep" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbme.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://splife.studentlife.msu.edu/medical-student-rights-and-responsibilites-mssr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbome.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5017/1828/3838/Clerkship-Absence-Policy.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pfotenha@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stewa150@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/msucom.medtricslab.com/users/login/__;!!HXCxUKc!wNBbgq2iQx91RPsZTSAfgPrZjysJN5eg3OV4t_aN_DChvJ9PJb8dkYFOQ8hSSEQ5rAyuK_veSwhwt48H8hA$" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.truelearn.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Duty%20Hours%20and%20Fatigue%20Mitigation%20Policy.pdf?csf=1&amp;web=1&amp;e=6hQGpI" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.lib.msu.edu/medicalboardexamprep" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcpd.msu.edu/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbme.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/:b:/r/sites/StudentClerkship/Shared%20Documents/Policies%20and%20Resources/Clerkship%20Medical%20Student%20Supervision%20Policy.pdf?csf=1&amp;web=1&amp;e=h8rRu1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enright4@msu.edu" TargetMode="External"/><Relationship Id="R2fa11079f2604624" Type="http://schemas.microsoft.com/office/2019/09/relationships/intelligence" Target="intelligence.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://com.msu.edu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanexperiences.msu.edu/about/handbook/medical-student-rights-responsibilities/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbome.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/5017/1828/3838/Clerkship-Absence-Policy.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/clerkship-medical-education/injury-and-property-damage-reports" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pfotenha@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.clerkship@msu.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COM.Clerkship@msu.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -22705,173 +22683,204 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Lastmodified xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
-    <Updates xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <SharedWithUsers xmlns="574f10e2-822b-418f-863c-ba78d4428076">
       <UserInfo>
-        <DisplayName>Enright, Susan</DisplayName>
-        <AccountId>15</AccountId>
+        <DisplayName>Olds, Shawna</DisplayName>
+        <AccountId>90</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
-        <DisplayName>Pfotenhauer, Kim</DisplayName>
-        <AccountId>6</AccountId>
+        <DisplayName>COM Medical Education Clerkship Owners</DisplayName>
+        <AccountId>743</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
-        <DisplayName>Dunckel, Eric</DisplayName>
-        <AccountId>16</AccountId>
+        <DisplayName>Langenderfer, Callie</DisplayName>
+        <AccountId>85</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
-        <DisplayName>Millikan, Erin</DisplayName>
-        <AccountId>14</AccountId>
+        <DisplayName>Ratzenberger, Marissa</DisplayName>
+        <AccountId>212</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
-        <DisplayName>Williams-Baker, Mariah</DisplayName>
-        <AccountId>36</AccountId>
+        <DisplayName>Dewar, Dawn</DisplayName>
+        <AccountId>209</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
-        <DisplayName>Gardner, Emily</DisplayName>
-[...5 lines deleted...]
-        <AccountId>387</AccountId>
+        <DisplayName>Burge, Casey</DisplayName>
+        <AccountId>37</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
+    <Lastmodified xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
+    <Updates xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <TaxCatchAll xmlns="574f10e2-822b-418f-863c-ba78d4428076" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2b014413-6982-4c05-9996-2a0d85e0042d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{153B7438-93CD-452A-B2C9-869DA3E5A955}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AA11237-51E8-449B-8B55-9C6B0D8AFC06}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="574f10e2-822b-418f-863c-ba78d4428076"/>
+    <ds:schemaRef ds:uri="2b014413-6982-4c05-9996-2a0d85e0042d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838E748D-C58D-4469-B046-1CF6CA5804F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E22BCD-8A6A-417A-B815-19D7093A6256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="574f10e2-822b-418f-863c-ba78d4428076"/>
     <ds:schemaRef ds:uri="2b014413-6982-4c05-9996-2a0d85e0042d"/>
-    <ds:schemaRef ds:uri="574f10e2-822b-418f-863c-ba78d4428076"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56475D27-97EC-4FE0-AA84-67DF2B7BB0C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{22177130-642f-41d9-9211-74237ad5687d}" enabled="0" method="" siteId="{22177130-642f-41d9-9211-74237ad5687d}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>3857</Words>
-  <Characters>21986</Characters>
+  <Words>3998</Words>
+  <Characters>21875</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>1367</Lines>
+  <Paragraphs>1034</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MSUCOM Clerkship Syllabus</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25792</CharactersWithSpaces>
+  <CharactersWithSpaces>24839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MSUCOM Clerkship Syllabus</dc:title>
   <dc:subject/>
   <dc:creator>Gardner, Emily</dc:creator>
   <cp:keywords>MSUCOM Clerkship Syllabus</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010075C3CA1D0EC2FF4098631BC89A60C26D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>119200</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>