--- v0 (2026-01-08)
+++ v1 (2026-03-16)
@@ -48,51 +48,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="008E0ECA" wp14:editId="77AD67F9">
             <wp:extent cx="3943350" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Michigan State University Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                          <adec:decorative xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="1"/>
+                          <adec:decorative xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3943350" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1452426F" w14:textId="00E55A99" w:rsidR="007D7480" w:rsidRPr="00C40B5D" w:rsidRDefault="007D7480" w:rsidP="00022296">
       <w:pPr>
@@ -3080,106 +3080,70 @@
               </w:rPr>
               <w:t xml:space="preserve">Student Evaluation of Clerkship Rotation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6474B9EE" w14:textId="77777777" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="006040AA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> system: </w:t>
+              <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system: </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00956159">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://msucom.medtricslab.com/users/login/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation. Students can also access pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> accounts.</w:t>
+              <w:t>. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation. Students can also access pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their Medtrics accounts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4425197A" w14:textId="277B46F5" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -3237,59 +3201,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EC2E09B" w14:textId="4E9B6E8E" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="005F2207">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="133" w:line="228" w:lineRule="auto"/>
               <w:ind w:left="162" w:right="287"/>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:t>Must receive a passing score of 75% or higher on all 1</w:t>
             </w:r>
             <w:r>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00956159">
-              <w:t xml:space="preserve"> MI Care Modules quizzes available on micaresed.org, upload to D2L </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> labeled MI CARES Modules. The 18 MI Cares Modules include:</w:t>
+              <w:t xml:space="preserve"> MI Care Modules quizzes available on micaresed.org, upload to D2L dropbox labeled MI CARES Modules. The 18 MI Cares Modules include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="652F4949" w14:textId="58A8BDDB" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="005F2207">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="134" w:line="228" w:lineRule="auto"/>
               <w:ind w:left="162" w:right="384"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>MI CARES Substance Modules (8):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00956159">
               <w:t>Opioids</w:t>
             </w:r>
             <w:r>
@@ -3457,69 +3413,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F4768CE" w14:textId="7526615C" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Uploaded to D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled Clinical Encounters Modules</w:t>
+              <w:t>Uploaded to D2L dropbox labeled Clinical Encounters Modules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="143C2997" w14:textId="101B4347" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3568,69 +3506,51 @@
               </w:rPr>
               <w:t>Certificate of Completion: Scope of Pain: Core Online Curriculum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A34D29E" w14:textId="1A2A4459" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled “Other Module Certificate Dropbox”</w:t>
+              <w:t>Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L dropbox labeled “Other Module Certificate Dropbox”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53CD499D" w14:textId="00F0C0A1" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -3667,69 +3587,51 @@
               </w:rPr>
               <w:t>Certificate of Completion: Scope of Pain: Overdose Prevention and Naloxone Rescue Kits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="346BFC3C" w14:textId="4DA23121" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled “Other Module Certificate Dropbox”</w:t>
+              <w:t>Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L dropbox labeled “Other Module Certificate Dropbox”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B818464" w14:textId="2F1A9F0E" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -3883,69 +3785,51 @@
           <w:p w14:paraId="54CF5FC2" w14:textId="77777777" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="4"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4837916B" w14:textId="329975C3" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled “Other Module Certificate Dropbox”</w:t>
+              <w:t>Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L dropbox labeled “Other Module Certificate Dropbox”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51752A41" w14:textId="2B54A944" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="4"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00581DCF" w:rsidRPr="00956159" w14:paraId="4801EAE1" w14:textId="445340C3" w:rsidTr="00C24E46">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3999,69 +3883,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Emergency Department </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F7AE077" w14:textId="05925313" w:rsidR="00581DCF" w:rsidRPr="00956159" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956159">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled “Other Module Certificate Dropbox”</w:t>
+              <w:t>Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L dropbox labeled “Other Module Certificate Dropbox”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48E844F7" w14:textId="69EE5820" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -4133,131 +3999,95 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Modules:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64345420" w14:textId="46C9F7B2" w:rsidR="00581DCF" w:rsidRPr="00A5188E" w:rsidRDefault="00581DCF" w:rsidP="006C0C65">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A5188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#1. Overview of Substance Use Disorders</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="468C3B26" w14:textId="77777777" w:rsidR="00581DCF" w:rsidRPr="006C0C65" w:rsidRDefault="00581DCF" w:rsidP="006C0C65">
+          <w:p w14:paraId="0CC5ED63" w14:textId="6B44B166" w:rsidR="00581DCF" w:rsidRPr="006C0C65" w:rsidRDefault="00581DCF" w:rsidP="006C0C65">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C0C65">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#9. Motivational Interviewing</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>#13. Regulatory Issues and Medications for MOUD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DD12FB1" w14:textId="77777777" w:rsidR="00581DCF" w:rsidRPr="00A5188E" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C6CD50C" w14:textId="2EA8D3C6" w:rsidR="00581DCF" w:rsidRPr="00A5188E" w:rsidRDefault="00581DCF" w:rsidP="00956159">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A5188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> labeled “Other Module Certificate Dropbox”</w:t>
+              <w:t>Upload each certificate of completion (Clearly labeled with the name of each module) to the D2L dropbox labeled “Other Module Certificate Dropbox”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F09DC3A" w14:textId="77B7B194" w:rsidR="00581DCF" w:rsidRPr="00243F63" w:rsidRDefault="00243F63" w:rsidP="00243F63">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243F63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -4620,50 +4450,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51DAB89C" w14:textId="16370229" w:rsidR="00CE2397" w:rsidRPr="00C40B5D" w:rsidRDefault="009F5EEE" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc214359872"/>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="7C0CB614" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ourse </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="7C0CB614" w:rsidRPr="00C40B5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">onfirmation and </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40B5D">
         <w:rPr>
@@ -4750,65 +4581,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C2325B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for MSU confirmation and scheduling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4339E7D5" w14:textId="77777777" w:rsidR="00EE2CCB" w:rsidRPr="00C2325B" w:rsidRDefault="00EE2CCB" w:rsidP="00EE2CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2325B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">MSUCOM clerkship confirmation is complete when the rotation is visible on the students </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> schedule.</w:t>
+        <w:t>MSUCOM clerkship confirmation is complete when the rotation is visible on the students Medtrics schedule.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7FA402" w14:textId="77777777" w:rsidR="00EE2CCB" w:rsidRPr="00C2325B" w:rsidRDefault="00EE2CCB" w:rsidP="00EE2CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2325B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the student’s responsibility to ensure enrollment prior to beginning any course/rotation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC39B18" w14:textId="77777777" w:rsidR="00EE2CCB" w:rsidRPr="00C2325B" w:rsidRDefault="00EE2CCB" w:rsidP="00EE2CCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -5713,99 +5530,106 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1201"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
         <w:ind w:left="1584" w:hanging="361"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00121249">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
+        <w:t xml:space="preserve">Understand </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">underlying </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neurobiology </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accompanies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addiction, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">intoxication, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121249">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Understand </w:t>
-[...46 lines deleted...]
-        <w:t>intoxication, and withdraw</w:t>
+        <w:t>and withdraw</w:t>
       </w:r>
       <w:r w:rsidRPr="00121249">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B50978B" w14:textId="77777777" w:rsidR="00121249" w:rsidRPr="00121249" w:rsidRDefault="00121249" w:rsidP="00121249">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="47"/>
         <w:ind w:left="1584"/>
       </w:pPr>
       <w:r w:rsidRPr="00121249">
         <w:t>various</w:t>
       </w:r>
       <w:r w:rsidRPr="00121249">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00121249">
@@ -7730,118 +7554,90 @@
       <w:bookmarkStart w:id="25" w:name="_Toc74542088"/>
       <w:bookmarkStart w:id="26" w:name="_Toc214359883"/>
       <w:r w:rsidRPr="0096296A">
         <w:t>Student Evaluation of Clerkship Rotation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="3416CC4C" w14:textId="6104DC25" w:rsidR="008C517A" w:rsidRPr="00C64213" w:rsidRDefault="00C64213" w:rsidP="00B70E67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="36"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> system: </w:t>
+        <w:t xml:space="preserve">Students will submit their rotation evaluations electronically at the conclusion of every rotation by accessing the Medtrics system: </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00165CD1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://msucom.medtricslab.com/users/login/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. By the last week of each rotation, students will receive an automated email link connecting them to their assigned evaluation</w:t>
       </w:r>
       <w:r w:rsidR="008373C4" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the respective rotation</w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Students can also access </w:t>
       </w:r>
       <w:r w:rsidR="008373C4" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
       <w:r w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> accounts</w:t>
+        <w:t>pending evaluations on the ‘Home’ or ‘Evaluations’ tabs within their Medtrics accounts</w:t>
       </w:r>
       <w:r w:rsidR="00AF04B1" w:rsidRPr="00165CD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="177B5179" w14:textId="77777777" w:rsidR="008C517A" w:rsidRPr="00C40B5D" w:rsidRDefault="008C517A" w:rsidP="000602B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ED4810F" w14:textId="4C5E49DC" w:rsidR="00EB3CCC" w:rsidRPr="00C40B5D" w:rsidRDefault="00522057" w:rsidP="000602B1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -10930,67 +10726,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C32FADE" w14:textId="5CD738BE" w:rsidR="001208EF" w:rsidRPr="009275FB" w:rsidRDefault="001208EF" w:rsidP="00300658">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-102"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009275FB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Can be accessed and submitted electronically by students within the dashboard of their </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> profiles</w:t>
+              <w:t>Can be accessed and submitted electronically by students within the dashboard of their Medtrics profiles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61BE6821" w14:textId="5A00985D" w:rsidR="001208EF" w:rsidRPr="00CC6A27" w:rsidRDefault="001208EF" w:rsidP="00AB5135">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06B64C8C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11079,65 +10859,51 @@
       <w:tr w:rsidR="00933A28" w:rsidRPr="00C40B5D" w14:paraId="032278D3" w14:textId="77777777" w:rsidTr="241D7B31">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C903BEE" w14:textId="77777777" w:rsidR="00933A28" w:rsidRDefault="00933A28" w:rsidP="00933A28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="133" w:line="228" w:lineRule="auto"/>
               <w:ind w:right="279"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Must receive a passing score of 75% or higher on all 18 MI Care Modules quizzes available on micaresed.org, upload to D2L </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> labeled MI CARES Modules. The18 MI Cares Modules include:</w:t>
+              <w:t>Must receive a passing score of 75% or higher on all 18 MI Care Modules quizzes available on micaresed.org, upload to D2L dropbox labeled MI CARES Modules. The18 MI Cares Modules include:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1457BE2E" w14:textId="77777777" w:rsidR="00933A28" w:rsidRDefault="00933A28" w:rsidP="00933A28">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="133" w:line="228" w:lineRule="auto"/>
               <w:ind w:right="190"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">MI CARES Substance Modules (8): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>UME Opioids, Alcohol, Stimulants, Nicotine, Cannabis, Sedatives, Club Drugs, and Inhalants.</w:t>
             </w:r>
           </w:p>
@@ -12822,70 +12588,72 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
@@ -16898,51 +16666,50 @@
   <w:num w:numId="29" w16cid:durableId="969631907">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="885069547">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1336226752">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="717247868">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="545341037">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1216506194">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -17348,50 +17115,51 @@
     <w:rsid w:val="00296760"/>
     <w:rsid w:val="00297546"/>
     <w:rsid w:val="00297890"/>
     <w:rsid w:val="00297D0A"/>
     <w:rsid w:val="002A0FEA"/>
     <w:rsid w:val="002A149A"/>
     <w:rsid w:val="002A1EBC"/>
     <w:rsid w:val="002A6615"/>
     <w:rsid w:val="002A6A48"/>
     <w:rsid w:val="002A704E"/>
     <w:rsid w:val="002A7DB0"/>
     <w:rsid w:val="002B140A"/>
     <w:rsid w:val="002B21B0"/>
     <w:rsid w:val="002B2878"/>
     <w:rsid w:val="002B2B0C"/>
     <w:rsid w:val="002B366A"/>
     <w:rsid w:val="002B3D03"/>
     <w:rsid w:val="002B4799"/>
     <w:rsid w:val="002B4E4E"/>
     <w:rsid w:val="002B6A09"/>
     <w:rsid w:val="002B75FF"/>
     <w:rsid w:val="002C0111"/>
     <w:rsid w:val="002C6BDC"/>
     <w:rsid w:val="002C6ECB"/>
     <w:rsid w:val="002C73AF"/>
+    <w:rsid w:val="002D3CBB"/>
     <w:rsid w:val="002D4AE9"/>
     <w:rsid w:val="002D75BF"/>
     <w:rsid w:val="002E1970"/>
     <w:rsid w:val="002E1C02"/>
     <w:rsid w:val="002E26D0"/>
     <w:rsid w:val="002E29CC"/>
     <w:rsid w:val="002E37C0"/>
     <w:rsid w:val="002E37DD"/>
     <w:rsid w:val="002E4141"/>
     <w:rsid w:val="002E4D1A"/>
     <w:rsid w:val="002E5051"/>
     <w:rsid w:val="002E569B"/>
     <w:rsid w:val="002E5A5E"/>
     <w:rsid w:val="002E5B23"/>
     <w:rsid w:val="002E7B08"/>
     <w:rsid w:val="002F142F"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F246C"/>
     <w:rsid w:val="002F3380"/>
     <w:rsid w:val="002F38CB"/>
     <w:rsid w:val="002F4BDB"/>
     <w:rsid w:val="002F4CD5"/>
     <w:rsid w:val="002F4E20"/>
     <w:rsid w:val="002F51C4"/>
     <w:rsid w:val="002F5B6C"/>
@@ -17993,50 +17761,51 @@
     <w:rsid w:val="00720DE8"/>
     <w:rsid w:val="007222B5"/>
     <w:rsid w:val="007227E5"/>
     <w:rsid w:val="007247EC"/>
     <w:rsid w:val="00726AB4"/>
     <w:rsid w:val="00730320"/>
     <w:rsid w:val="00731AE6"/>
     <w:rsid w:val="00735253"/>
     <w:rsid w:val="007357EC"/>
     <w:rsid w:val="0074263E"/>
     <w:rsid w:val="007454B2"/>
     <w:rsid w:val="00745B0C"/>
     <w:rsid w:val="00746A6C"/>
     <w:rsid w:val="00747DE6"/>
     <w:rsid w:val="007505C5"/>
     <w:rsid w:val="0075066D"/>
     <w:rsid w:val="00750BF4"/>
     <w:rsid w:val="00750D78"/>
     <w:rsid w:val="0075345B"/>
     <w:rsid w:val="00757494"/>
     <w:rsid w:val="00757BE7"/>
     <w:rsid w:val="00757FEF"/>
     <w:rsid w:val="007610FB"/>
     <w:rsid w:val="007614CF"/>
     <w:rsid w:val="00761622"/>
+    <w:rsid w:val="007616A5"/>
     <w:rsid w:val="00761D99"/>
     <w:rsid w:val="0076235D"/>
     <w:rsid w:val="0076244E"/>
     <w:rsid w:val="00762847"/>
     <w:rsid w:val="00764F48"/>
     <w:rsid w:val="00765920"/>
     <w:rsid w:val="00765F3E"/>
     <w:rsid w:val="00766537"/>
     <w:rsid w:val="00766E39"/>
     <w:rsid w:val="0077091A"/>
     <w:rsid w:val="007713D3"/>
     <w:rsid w:val="007735E3"/>
     <w:rsid w:val="00774121"/>
     <w:rsid w:val="0077466A"/>
     <w:rsid w:val="00774726"/>
     <w:rsid w:val="0077573D"/>
     <w:rsid w:val="007761DA"/>
     <w:rsid w:val="007761F5"/>
     <w:rsid w:val="00777A07"/>
     <w:rsid w:val="00777FE0"/>
     <w:rsid w:val="00780539"/>
     <w:rsid w:val="007806E4"/>
     <w:rsid w:val="0078395F"/>
     <w:rsid w:val="00783AC9"/>
     <w:rsid w:val="00783E35"/>
@@ -18470,50 +18239,51 @@
     <w:rsid w:val="00A605A6"/>
     <w:rsid w:val="00A60B9F"/>
     <w:rsid w:val="00A61059"/>
     <w:rsid w:val="00A61CCF"/>
     <w:rsid w:val="00A6221B"/>
     <w:rsid w:val="00A66E34"/>
     <w:rsid w:val="00A66F0B"/>
     <w:rsid w:val="00A70437"/>
     <w:rsid w:val="00A70D2C"/>
     <w:rsid w:val="00A7159A"/>
     <w:rsid w:val="00A725F4"/>
     <w:rsid w:val="00A729B9"/>
     <w:rsid w:val="00A73D1C"/>
     <w:rsid w:val="00A73FCF"/>
     <w:rsid w:val="00A75D8D"/>
     <w:rsid w:val="00A76309"/>
     <w:rsid w:val="00A763C9"/>
     <w:rsid w:val="00A77147"/>
     <w:rsid w:val="00A77D8F"/>
     <w:rsid w:val="00A82162"/>
     <w:rsid w:val="00A82444"/>
     <w:rsid w:val="00A82D6F"/>
     <w:rsid w:val="00A847D3"/>
     <w:rsid w:val="00A84FFB"/>
     <w:rsid w:val="00A85D3D"/>
+    <w:rsid w:val="00A87CF8"/>
     <w:rsid w:val="00A90503"/>
     <w:rsid w:val="00A92873"/>
     <w:rsid w:val="00A9322E"/>
     <w:rsid w:val="00A93438"/>
     <w:rsid w:val="00A9385A"/>
     <w:rsid w:val="00A93C2C"/>
     <w:rsid w:val="00A941F5"/>
     <w:rsid w:val="00A96018"/>
     <w:rsid w:val="00A96074"/>
     <w:rsid w:val="00A96D46"/>
     <w:rsid w:val="00A97CFB"/>
     <w:rsid w:val="00AA1F80"/>
     <w:rsid w:val="00AA3B11"/>
     <w:rsid w:val="00AA470A"/>
     <w:rsid w:val="00AA51DC"/>
     <w:rsid w:val="00AA69D0"/>
     <w:rsid w:val="00AA6C9A"/>
     <w:rsid w:val="00AA771E"/>
     <w:rsid w:val="00AB1594"/>
     <w:rsid w:val="00AB1A4C"/>
     <w:rsid w:val="00AB3840"/>
     <w:rsid w:val="00AB3AA7"/>
     <w:rsid w:val="00AB3AB7"/>
     <w:rsid w:val="00AB3BAA"/>
     <w:rsid w:val="00AB3F4C"/>
@@ -21927,106 +21697,111 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Lastmodified xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <Updates xmlns="2b014413-6982-4c05-9996-2a0d85e0042d" xsi:nil="true"/>
     <SharedWithUsers xmlns="574f10e2-822b-418f-863c-ba78d4428076">
       <UserInfo>
         <DisplayName>Enright, Susan</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Pfotenhauer, Kim</DisplayName>
         <AccountId>6</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Dunckel, Eric</DisplayName>
         <AccountId>16</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Millikan, Erin</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Williams-Baker, Mariah</DisplayName>
         <AccountId>36</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Gardner, Emily</DisplayName>
         <AccountId>31</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Kroll, Krystal</DisplayName>
         <AccountId>387</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <TaxCatchAll xmlns="574f10e2-822b-418f-863c-ba78d4428076" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2b014413-6982-4c05-9996-2a0d85e0042d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075C3CA1D0EC2FF4098631BC89A60C26D" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="44c1ec784ed79d9b9cdfeb1745a750ea">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="574f10e2-822b-418f-863c-ba78d4428076" xmlns:ns3="2b014413-6982-4c05-9996-2a0d85e0042d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cca7ceb4af48d6e9b8d5a3f363677296" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010075C3CA1D0EC2FF4098631BC89A60C26D" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="508fb65361b8141647bfde57b1b5af8c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="574f10e2-822b-418f-863c-ba78d4428076" xmlns:ns3="2b014413-6982-4c05-9996-2a0d85e0042d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9d9b1cff18e1f127117022f61d032b94" ns2:_="" ns3:_="">
     <xsd:import namespace="574f10e2-822b-418f-863c-ba78d4428076"/>
     <xsd:import namespace="2b014413-6982-4c05-9996-2a0d85e0042d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:Lastmodified" minOccurs="0"/>
                 <xsd:element ref="ns3:Updates" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -22254,104 +22029,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56475D27-97EC-4FE0-AA84-67DF2B7BB0C6}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E22BCD-8A6A-417A-B815-19D7093A6256}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2b014413-6982-4c05-9996-2a0d85e0042d"/>
     <ds:schemaRef ds:uri="574f10e2-822b-418f-863c-ba78d4428076"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838E748D-C58D-4469-B046-1CF6CA5804F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90F206EB-4F07-4D9C-B839-457975F22AAD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AD49E12-0C5F-44D6-86A7-083D55E0EA2B}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838E748D-C58D-4469-B046-1CF6CA5804F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56475D27-97EC-4FE0-AA84-67DF2B7BB0C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4071</Words>
-  <Characters>23940</Characters>
+  <Words>4173</Words>
+  <Characters>23790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>684</Lines>
-  <Paragraphs>337</Paragraphs>
+  <Lines>198</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27674</CharactersWithSpaces>
+  <CharactersWithSpaces>27908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MSUCOM Clerkship Syllabus</dc:title>
   <dc:subject/>
   <dc:creator>Gardner, Emily</dc:creator>
   <cp:keywords>MSUCOM Clerkship Syllabus</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010075C3CA1D0EC2FF4098631BC89A60C26D</vt:lpwstr>
   </property>