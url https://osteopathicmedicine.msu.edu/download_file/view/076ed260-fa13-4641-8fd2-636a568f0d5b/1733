--- v0 (2026-01-08)
+++ v1 (2026-01-29)
@@ -1,59 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="56CBBF25" w14:textId="7E13B353" w:rsidR="0019168F" w:rsidRPr="00A1690C" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="200"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="18453B"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A1690C">
         <w:rPr>
           <w:b/>
           <w:color w:val="18453B"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
@@ -85,563 +81,583 @@
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Modern Applications of Osteopathic Science</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6170C1C3" w14:textId="1DE8F7F6" w:rsidR="0019168F" w:rsidRPr="00A1690C" w:rsidRDefault="00A1690C">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A1690C">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Spring 2026 1/29/26 – 4/2/26</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3DC62F14" w14:textId="7FAC3867" w:rsidR="0019168F" w:rsidRPr="00A1690C" w:rsidRDefault="00127602">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1690C">
+        <w:t>Updated last</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1690C">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00041748">
+        <w:t>1.4.26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1690C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1690C" w:rsidRPr="00A1690C">
+        <w:t>CP</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7708F8EA" w14:textId="142CB1BE" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="18453B"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="18453B"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Table of Contents </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1880070422"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="0F8BE078" w14:textId="66F5832A" w:rsidR="00087BCA" w:rsidRDefault="00127602">
+        <w:p w14:paraId="2E42235E" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:noProof/>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \h \u \z \n \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc215048732" w:history="1">
-[...3 lines deleted...]
-                <w:noProof/>
+          <w:hyperlink w:anchor="_heading=h.1fob9te">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Faculty &amp; Staff Information</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="042F030C" w14:textId="23B21B0F" w:rsidR="00087BCA" w:rsidRDefault="00087BCA">
+        <w:p w14:paraId="3A539874" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
             <w:rPr>
-              <w:noProof/>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc215048733" w:history="1">
-[...6 lines deleted...]
-              <w:t>Course Director Biosketch</w:t>
+          <w:hyperlink w:anchor="_heading=h.3znysh7">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Director Biosketch(es)</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A949BF8" w14:textId="53BD56D6" w:rsidR="00087BCA" w:rsidRDefault="00087BCA">
+        <w:p w14:paraId="340C62AC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
             <w:rPr>
-              <w:noProof/>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc215048734" w:history="1">
-[...3 lines deleted...]
-                <w:noProof/>
+          <w:hyperlink w:anchor="_heading=h.nj6v0supihrm">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Contributing Faculty</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5230488E" w14:textId="5640F007" w:rsidR="00087BCA" w:rsidRDefault="00087BCA">
+        <w:p w14:paraId="5A3233BA" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
             <w:rPr>
-              <w:noProof/>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc215048735" w:history="1">
-[...3 lines deleted...]
-                <w:noProof/>
+          <w:hyperlink w:anchor="_heading=h.2et92p0">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Course Coordinator (CC)</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="215C4E69" w14:textId="3CBCF9A4" w:rsidR="00087BCA" w:rsidRDefault="00087BCA">
+        <w:p w14:paraId="52F75F34" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
             <w:rPr>
-              <w:noProof/>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc215048736" w:history="1">
-[...3 lines deleted...]
-                <w:noProof/>
+          <w:hyperlink w:anchor="_heading=h.tyjcwt">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Who to Contact with Questions</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6D38D3A1" w14:textId="7F886684" w:rsidR="00087BCA" w:rsidRDefault="00087BCA">
-[...280 lines deleted...]
-        <w:p w14:paraId="55BDED70" w14:textId="5D0FB75C" w:rsidR="0019168F" w:rsidRDefault="00127602">
+        <w:p w14:paraId="770C38A9" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:color w:val="1155CC"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.3dy6vkm">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Information</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2AE6A561" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.1t3h5sf">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Description &amp; Overview</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6D6348FC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.4d34og8">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Objectives</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="14F3E815" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.3rdcrjn">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Textbooks and Resources</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6C1B1CE8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.26in1rg">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Grading Schema</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6730E1B8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.35nkun2">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Grading Requirements</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="59505058" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="720"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.1ksv4uv">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Required Component 1</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="79272D83" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="720"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.44sinio">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Required Component 2</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6F09E9DB" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="720"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.2jxsxqh">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Required Component 3</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A5D6CB8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.3j2qqm3">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Policies &amp; Resources</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1D20B9EB" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.1y810tw">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Academic Support Resources at MSUCOM</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0B893581" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.2xcytpi">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>College or University Policies with Which Enrolled Students Must Be Familiar</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="29D65421" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.l3lyoc7qvhkr">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Student Feedback</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1E664DA8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.2s8eyo1">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Course Schedule and Changes to Schedule or Requirements</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="55BDED70" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:color w:val="1155CC"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_heading=h.8dk9hx2tjlhj">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1155CC"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Addendum: Course Schedule</w:t>
+            </w:r>
+          </w:hyperlink>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="724ABF7F" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602" w:rsidP="00087BCA">
+    <w:p w14:paraId="724ABF7F" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.ah6760g9rjsx" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A154DC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc215048732"/>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Faculty &amp; Staff Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="20416127" w14:textId="2FA87887" w:rsidR="0019168F" w:rsidRDefault="00127602" w:rsidP="6C16A038">
+    <w:p w14:paraId="20416127" w14:textId="2FA87887" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc215048733"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
         <w:t xml:space="preserve">Course Director </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Biosketch</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3431"/>
         <w:gridCol w:w="5929"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="4B7CDF3B" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="4B7CDF3B" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0738D7DC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
@@ -658,119 +674,115 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5929" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2ABDB95D" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602" w:rsidP="6C16A038">
+          <w:p w14:paraId="2ABDB95D" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="6C16A038">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Biosketch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="2209F007" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="2209F007" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B8CD7ED" w14:textId="77777777" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37C445C2" wp14:editId="51344A92">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37C445C2" wp14:editId="47E14C22">
                   <wp:extent cx="1198486" cy="1498200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="635"/>
-                  <wp:docPr id="1767388260" name="Picture 2" descr="Photo of Chris Pohlod, wearing a white shirt and tie"/>
+                  <wp:docPr id="1767388260" name="Picture 2" descr="Dr. Chris Poholod, wearing a white shirt and tie"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1767388260" name="Picture 2" descr="Photo of Chris Pohlod, wearing a white shirt and tie"/>
+                          <pic:cNvPr id="1767388260" name="Picture 2" descr="Dr. Chris Poholod, wearing a white shirt and tie"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1211943" cy="1515022"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -807,132 +819,161 @@
           </w:p>
           <w:p w14:paraId="4B0EB72A" w14:textId="77777777" w:rsidR="00A1690C" w:rsidRPr="00AF54E1" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF54E1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>517-353-9110</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E95AAE4" w14:textId="77777777" w:rsidR="00A1690C" w:rsidRPr="00AF54E1" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AF54E1">
               <w:t>Primary Site: EL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5CAEEA" w14:textId="1EC99E22" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="6C16A038">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Office Hours: Friday Afternoon &amp; is available by email </w:t>
+          <w:p w14:paraId="5E5CAEEA" w14:textId="1EC99E22" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t xml:space="preserve">Office Hours: </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Friday Afternoon &amp; is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t xml:space="preserve"> available by email </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-              <w:t>request..</w:t>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t>request.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5929" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75E8811D" w14:textId="77777777" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="687D17E1" w14:textId="73AE386F" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="6C16A038">
+          <w:p w14:paraId="687D17E1" w14:textId="73AE386F" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Dr Pohlod is a Board-Certified Pediatrician who left general practice around 2013 to pursue a special interest in Pediatric Osteopathic Manipulative Medicine and Integrative Medicine. Out of his interest in supporting families pre- during and post- divorce, he also has a special interest in trauma and resilience. He founded a small faith-based non-profit centered around bringing the disciplines of modern biblical scholarship and wellness science together to maximize healing for children and families. Teaching students critical thinking, Osteopathic Science and Philosophy is a passion of his.  He has been married for 26 years and has two daughters. </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t>Dr Pohlod is a Board</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t>Certified Pediatrician who left general practice around 201</w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t xml:space="preserve"> to pursue </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t xml:space="preserve">special interest in </w:t>
+            </w:r>
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t>ediatric Osteopathic Manipulative Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and Integrative Medicine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF54E1">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Out of his interest in supporting families pre- during and post- divorce, he also has a special interest in trauma and resilience. He founded a small faith-based non-profit centered around bringing the disciplines of modern biblical scholarship and wellness science together to maximize healing for children and families. Teaching students critical thinking, Osteopathic Science and Philosophy is a passion of his.  He has been married for 26 years and has two daughters. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="586F7ABE" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="586F7ABE" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08EE3A03" w14:textId="5B8052B5" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -947,878 +988,863 @@
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B5E36F7" w14:textId="4C75BA7E" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47C4C322" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc215048734"/>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.nj6v0supihrm" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>Contributing Faculty</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff0"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3300"/>
-        <w:gridCol w:w="3180"/>
-        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="2990"/>
+        <w:gridCol w:w="1780"/>
         <w:gridCol w:w="1290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="241277CE" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="241277CE" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:trHeight w:val="420"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="627ECFB5" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35F34339" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5066ADD5" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5066ADD5" w14:textId="77777777" w:rsidR="0019168F" w:rsidRPr="006C3324" w:rsidRDefault="00127602" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E27B334" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="300926F7" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="300926F7" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="738AF03A" w14:textId="543E33EA" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Mari Douma</w:t>
             </w:r>
             <w:r w:rsidRPr="00B10081">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>, D.O.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="342ECB78" w14:textId="36CB5820" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="001214F2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>douma@msu.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001214F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="024091BD" w14:textId="59FF4E6C" w:rsidR="00A1690C" w:rsidRPr="00784484" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="024091BD" w14:textId="59FF4E6C" w:rsidR="00A1690C" w:rsidRPr="006C3324" w:rsidRDefault="00A1690C" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784484">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>517-355-1855</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0223BCA8" w14:textId="1DF05713" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001214F2">
               <w:t>EL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="71303436" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="71303436" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A28A977" w14:textId="1B2D7241" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="6C16A038">
+          <w:p w14:paraId="6A28A977" w14:textId="1B2D7241" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="6C16A038">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Matt Zatkin, DO, M.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34FA2754" w14:textId="3CA16751" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00A609ED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>zatkinma@msu.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BC386F9" w14:textId="43A65F96" w:rsidR="00A1690C" w:rsidRPr="00784484" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7BC386F9" w14:textId="43A65F96" w:rsidR="00A1690C" w:rsidRPr="006C3324" w:rsidRDefault="00A1690C" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784484">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>517-353-9110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="171DE6E9" w14:textId="05E603AE" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001214F2">
               <w:t>EL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="752A6C01" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="752A6C01" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="614FE4F7" w14:textId="07DB097B" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Raquel Richie, </w:t>
             </w:r>
             <w:r w:rsidRPr="00870387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="18453B"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>PhD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="18453B"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="510FC08E" w14:textId="79075C5E" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="007618A2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>rritchie@msu.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="645AE5D8" w14:textId="2A6F7431" w:rsidR="00A1690C" w:rsidRPr="00784484" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="645AE5D8" w14:textId="2A6F7431" w:rsidR="00A1690C" w:rsidRPr="006C3324" w:rsidRDefault="00A1690C" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784484">
-              <w:rPr>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>586-263-6296</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E307CA5" w14:textId="10C940F6" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>MUC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="35DA8428" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="35DA8428" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03927F6B" w14:textId="13CDE9F2" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
+          <w:p w14:paraId="03927F6B" w14:textId="21979C06" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Carolina Restini, </w:t>
             </w:r>
             <w:r w:rsidRPr="00870387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="18453B"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>PharmD, PhD</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:tcW w:w="3180" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="262EE69E" w14:textId="5D94B4D1" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>restinic@msu.edu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7051FE75" w14:textId="2CE98FD7" w:rsidR="00A1690C" w:rsidRPr="00784484" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7051FE75" w14:textId="2CE98FD7" w:rsidR="00A1690C" w:rsidRPr="006C3324" w:rsidRDefault="00A1690C" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784484">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>517-353-7145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="149BBE26" w14:textId="174003C0" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>DMC &amp; EL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A1690C" w14:paraId="21454F6F" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A1690C" w14:paraId="21454F6F" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0DDC8BA9" w14:textId="77777777" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Terri Hammer, DO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E8C6F19" w14:textId="60E67AA1" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441687">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Site Course Coordinator  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:tcW w:w="2990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C8ED166" w14:textId="04FB6116" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="007618A2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>hammert@msu.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E03FC30" w14:textId="3AC8405D" w:rsidR="00A1690C" w:rsidRPr="00784484" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4E03FC30" w14:textId="610D32CF" w:rsidR="00A1690C" w:rsidRPr="006C3324" w:rsidRDefault="00A1690C" w:rsidP="006C3324">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784484">
-              <w:rPr>
+            <w:r w:rsidRPr="006C3324">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t> 313-505-5909</w:t>
+              <w:t>313-505-5909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09EE97E1" w14:textId="2F5A128B" w:rsidR="00A1690C" w:rsidRDefault="00A1690C" w:rsidP="00A1690C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>MUC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="777E46B0" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:p w14:paraId="426AD688" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc215048735"/>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.2et92p0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>Course Coordinator (CC)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff1"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="3D755939" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="3D755939" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:trHeight w:val="420"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="17B4FE58" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -1912,198 +1938,177 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72A19F9E" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="6E719822" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="6E719822" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59ECBE0A" w14:textId="6C237BA0" w:rsidR="0019168F" w:rsidRPr="00917FC9" w:rsidRDefault="0099012F">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="59ECBE0A" w14:textId="6C237BA0" w:rsidR="0019168F" w:rsidRDefault="0099012F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00917FC9">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0099012F">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Elizabeth Raleigh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A4379C5" w14:textId="21AFE484" w:rsidR="0019168F" w:rsidRDefault="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099012F">
               <w:t>raleig10@msu.edu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C95E65D" w14:textId="77777777" w:rsidR="00784484" w:rsidRPr="00784484" w:rsidRDefault="00784484" w:rsidP="00784484">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="39A3693C" w14:textId="08BBC5B4" w:rsidR="0019168F" w:rsidRPr="00176C72" w:rsidRDefault="00176C72">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00176C72">
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D090780" w14:textId="1D2B8F22" w:rsidR="0019168F" w:rsidRDefault="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099012F">
               <w:t>EL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16E63A01" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc215048736"/>
+      <w:bookmarkStart w:id="7" w:name="_heading=h.tyjcwt" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Who to Contact with Questions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff2"/>
         <w:tblW w:w="9375" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3060"/>
         <w:gridCol w:w="6315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="4078451F" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="4078451F" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:trHeight w:val="420"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="194BF056" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -2131,679 +2136,655 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="114FE105" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="64F0DD6F" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="64F0DD6F" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61009AF7" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Course - Logistics &amp; Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6F45D45D" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Contact CC for rooms, groups, materials, links, schedule, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="7ED92E49" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="7ED92E49" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="076BC9AA" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Course - Overall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D24262B" w14:textId="20639541" w:rsidR="0019168F" w:rsidRDefault="00127602">
-[...8 lines deleted...]
-              <w:t>Contact Course Director (in bold above).</w:t>
+          <w:p w14:paraId="4D24262B" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Contact Course Directors (in bold above).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="0570035A" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="0570035A" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CD1B196" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Course - Specific Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4396A620" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Contact Contributing Faculty for the content (see schedule).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="61D95FE9" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="61D95FE9" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="353D527C" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Absences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C924122" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Contact Course Directors (in bold above).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="67949FC2" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="67949FC2" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6B414E13" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Behavior </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="435D2657" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Submit exemplary or concerning behavior to the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17">
+            <w:hyperlink r:id="rId14">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>CGPI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="1551D2FA" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="1551D2FA" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BC1D29B" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Enrollment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65B96B2F" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Inquire with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18">
+            <w:hyperlink r:id="rId15">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>MSUCOM Registrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="2A9DD814" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="2A9DD814" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F177FAE" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Personal/Wellness Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="438A45A0" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Inquire with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19">
+            <w:hyperlink r:id="rId16">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Wellness &amp; Counseling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="1A72C98D" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="1A72C98D" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04773FA6" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Report kudos or suggestions related to inclusion in the curriculum</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DD1889C" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Submit a DO Better form.  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20">
+            <w:hyperlink r:id="rId17">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://tinyurl.com/DO-Better-Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="35A8F9CD" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="35A8F9CD" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40AAE9E2" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Study Skills or Progression</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77DB5DC3" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Inquire with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21">
+            <w:hyperlink r:id="rId18">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Academic &amp; Career Advising</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="229FD167" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="229FD167" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E83FFF8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Technical Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18FFA669" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Inquire with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22">
+            <w:hyperlink r:id="rId19">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>MSU IT Service Desk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>. Indicate COM affiliation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68312C4A" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:p w14:paraId="417D04D9" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc215048737"/>
+      <w:bookmarkStart w:id="8" w:name="_heading=h.3dy6vkm" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Course Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="742FDD3C" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc215048738"/>
+      <w:bookmarkStart w:id="9" w:name="_heading=h.1t3h5sf" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>Course Description &amp; Overview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="6AB889CF" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00CA3A55" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_heading=h.4d34og8" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00CA3A55">
-        <w:t xml:space="preserve">OST </w:t>
-[...2 lines deleted...]
-        <w:t>595 is</w:t>
+        <w:t>OST 595</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3A55">
-        <w:t xml:space="preserve"> an elective course in the D.O. program. It is a 1-credit hour course </w:t>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3A55">
+        <w:t xml:space="preserve">is an elective course in the D.O. program. It is a 1-credit hour course </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3A55">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>that provides students with an opportunity to consider aspects of Osteopathic care that are separate from Osteopathic Manipulation. This will help Osteopathic medical students form a category for their distinctive place in healthcare. Osteopathic Science is the body of clinical research that supports the tenets of Osteopathy. It focuses specifically on mechanisms of self-healing in the physical, emotional, mental, and spiritual realms of health.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="198269E9" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc215048739"/>
       <w:r>
         <w:t>Course Objectives</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="5BEE6D6B" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00CA3A55" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3A55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Course participant will define the discipline of Osteopathic Science</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E87EEE" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00CA3A55" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3A55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Course </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> will know the Tenets of Osteopathy and how they relate to forming a scientific discipline and critical thinking.</w:t>
+        <w:t>Course participant will know the Tenets of Osteopathy and how they relate to forming a scientific discipline and critical thinking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="465A613A" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00CA3A55" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3A55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Course participant will review examples of science-based healing interventions that do not include drugs or surgery and heal with the Tenets of Osteopathy. These examples include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1450D613" w14:textId="61A5F1F8" w:rsidR="0099012F" w:rsidRPr="00CA3A55" w:rsidRDefault="0099012F" w:rsidP="0099012F">
@@ -3081,819 +3062,755 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mind Body Medicine</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3A55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Travis Gordon) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0915B5BC" w14:textId="57AF6D65" w:rsidR="0019168F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
+    <w:p w14:paraId="37671823" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F">
+      <w:pPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0915B5BC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+      <w:r w:rsidRPr="0099012F">
         <w:t xml:space="preserve">The American Osteopathic Association has identified core competencies essential for future practice as an osteopathic physician. These are embedded throughout our programmatic and course objectives. </w:t>
       </w:r>
-      <w:r w:rsidR="00784484" w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-        <w:t>The core competencies relate to this course as follows</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0099012F">
+        <w:t>By</w:t>
       </w:r>
-      <w:r w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0099012F">
+        <w:t xml:space="preserve"> the end of this course, learners should be able to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E9978F" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:topFromText="180" w:bottomFromText="180" w:vertAnchor="text" w:tblpY="11"/>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="7515"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099012F" w14:paraId="2173D387" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="2173D387" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
           </w:tcPr>
           <w:p w14:paraId="3CC3A1F6" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Competency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
           </w:tcPr>
           <w:p w14:paraId="38293F72" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Related Course Objective(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="09577278" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="09577278" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7386B715" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Interpersonal &amp; Communication Skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="122AA70E" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> practice interpersonal skills and communication. </w:t>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">The point of the mock debate format is to promote collaboration and presentation which help practice interpersonal skills and communication. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="45B5C3B3" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="45B5C3B3" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7ACF29C6" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Interprofessional Education for Collaborative Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78829C5E" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>The presentation topics can vary widely, and part of the class is seeing the connections possible between different disciplines and patient care.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="446264E6" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="446264E6" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6921861D" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Medical Knowledge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4622E971" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
+          <w:p w14:paraId="4622E971" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943B91">
               <w:t xml:space="preserve">Each session will hit upon aspects of medical knowledge.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="4919E8B9" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="4919E8B9" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0DC5A506" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Osteopathic Principles, Practice, &amp; OMM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72588602" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
+          <w:p w14:paraId="72588602" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">In Session 1 We will define Osteopathic Science and apply it throughout the course sessions.  </w:t>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">In Session 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">We will define Osteopathic Science and apply it throughout the course sessions.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="6872F0FA" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="6872F0FA" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0201CD90" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Practice-Based Learning and Improvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A37C450" w14:textId="412B63AB" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
+          <w:p w14:paraId="1A37C450" w14:textId="412B63AB" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00943B91">
               <w:t>The use of the mock debate helps us deconstruct the process to answer critically and sensitively real</w:t>
             </w:r>
-            <w:r w:rsidR="00B94F46" w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00B94F46">
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">world questions patients may ask.  </w:t>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">world questions patients may </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ask</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="5AA28063" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="5AA28063" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C939558" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Professionalism &amp; Leadership</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64D5015F" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00943B91">
               <w:t>As we critically evaluate topics, this will be with the utmost respect for those who hold positions on all possible sides of a concept.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="0E844FA5" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="0E844FA5" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27243EDE" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Scientific Method &amp; Literacy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="348C8984" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t xml:space="preserve">Session 2: Reading Medical Literature and the mock debate give practice to this competency. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="514606E9" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="514606E9" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04F01362" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Self-Directed &amp; Lifelong Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0924510D" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> applying Osteopathic Science Principles.  This can help set up a pattern for life-long learning. </w:t>
+            <w:r w:rsidRPr="00943B91">
+              <w:t>We tackle current events in a critical way applying Osteopathic Science Principles.  This can help set up a pattern</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> for life-long learning. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="45B11258" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="45B11258" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0683F26A" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Societal &amp; Cultural Awareness &amp; Advocacy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0EF770DA" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>A theme throughout the class is how implicit bias toward expensive interventions</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and medications impact healthcare. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="4F783EE5" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="0099012F" w14:paraId="4F783EE5" w14:textId="77777777" w:rsidTr="00F070ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="351987D2" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00943B91">
               <w:t>Systems-Based Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F7C5291" w14:textId="2761A7AC" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
+          <w:p w14:paraId="2F7C5291" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00943B91" w:rsidRDefault="0099012F" w:rsidP="0099012F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="6C16A038">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">and part of the class is seeing the connections possible between different disciplines and patient care. </w:t>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve">The presentations topics can vary </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00943B91">
+              <w:t>widely</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943B91">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve"> part of the class </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00943B91">
+              <w:t>is seeing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00943B91">
+              <w:t xml:space="preserve"> the connections possible between different disciplines and patient care. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30CB3C18" w14:textId="53E54E41" w:rsidR="0019168F" w:rsidRDefault="00EB48C8">
+    <w:p w14:paraId="27CAF950" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
+    <w:p w14:paraId="30CB3C18" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc215048740"/>
+      <w:bookmarkStart w:id="11" w:name="_heading=h.3rdcrjn" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>T</w:t>
+        <w:t>Textbooks and Resources</w:t>
       </w:r>
-      <w:r w:rsidR="00127602">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7FCD29E0" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">Most MSUCOM courses make use of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId20">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>D2L</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> as a course website to share materials, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId21">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Google Calendar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> to share course schedules, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId22">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Zoom</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> to host online meetings, and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId23">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>iClicker</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> to facilitate audience polling. Visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId24">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://bit.ly/msucomtech</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> for reminders on how to access and use these resources. Other course-specific resources include:</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7CCC6950" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff4"/>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="8130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="43976C41" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="43976C41" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
-          <w:trHeight w:val="213"/>
+          <w:trHeight w:val="420"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48F1147A" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
@@ -3902,155 +3819,139 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63AB743E" w14:textId="5B6F14ED" w:rsidR="0019168F" w:rsidRDefault="00127602" w:rsidP="6C16A038">
+          <w:p w14:paraId="63AB743E" w14:textId="5B6F14ED" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="6C16A038">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Resource</w:t>
             </w:r>
-            <w:r w:rsidR="0099012F" w:rsidRPr="6C16A038">
+            <w:r w:rsidR="0099012F">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0099012F" w:rsidRPr="6C16A038">
+            <w:r w:rsidR="0099012F">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NONE REQUIRED)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A825E34" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc215048741"/>
+      <w:bookmarkStart w:id="12" w:name="_heading=h.26in1rg" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Grading Schema</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="30FE2AE2" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc215048742"/>
       <w:r w:rsidRPr="00482577">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Elective Grades</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="21BFE317" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Course scores will be determined using the following formula:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5977ABAA" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
+    <w:p w14:paraId="5977ABAA" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6C16A038">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(Final Exam + mock debate + form with suggested topics)</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="6C16A038">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="6C16A038">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30) X 100%</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F018F71" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3585"/>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:tab/>
@@ -4065,2174 +3966,2206 @@
     </w:p>
     <w:p w14:paraId="689B9EA7" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>P or Pass</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Satisfactory performance has been achieved and credit will be granted if a student’s final percent score is 100% (Each item turned in will receive full points) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352251AC" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="6C16A038">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N or No Grade</w:t>
       </w:r>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> - Satisfactory performance has not been achieved and credit will not be granted if a student’s final percent score is below 100% or is incomplete.  (The only way to fail is to not show up and not complete the simple tasks)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1B47EB" w14:textId="77777777" w:rsidR="00EB48C8" w:rsidRDefault="00EB48C8" w:rsidP="0099012F"/>
-    <w:p w14:paraId="2FC584A7" w14:textId="6FB489E7" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
+    <w:p w14:paraId="00A407A2" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F"/>
+    <w:p w14:paraId="2FC584A7" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:r>
         <w:t>Remediation is not offered for elective courses.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="30E02468" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F">
+      <w:pPr>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="21E1705E" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc215048743"/>
+      <w:bookmarkStart w:id="13" w:name="_heading=h.35nkun2" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>Grading Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="60A094AC" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>The MSUCOM D.O. degree program incorporates both horizontal and vertical curriculum integration, meaning course activities and assessments require ongoing development and integration of knowledge and skills acquired in previous courses. Required components include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B74721D" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblW w:w="9530" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3360"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="3590"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="4590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099012F" w14:paraId="1F5956AF" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0099012F" w14:paraId="1F5956AF" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3360" w:type="dxa"/>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="47F8F70A" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Required Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="352A02CA" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Projected Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27B9D627" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Material to be Covered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="254D33C3" w14:textId="77777777" w:rsidTr="00087BCA">
-[...2 lines deleted...]
-            <w:tcW w:w="3360" w:type="dxa"/>
+      <w:tr w:rsidR="0099012F" w14:paraId="254D33C3" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="415F3A1C" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
+          <w:p w14:paraId="415F3A1C" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="6C16A038">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2250" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final Exam: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A304EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Reflective 1 page essay on 3 concepts that deeply resonated with the participant.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D452966" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482577">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6152171A" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482577">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>9 weeks of presentations and discussions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="2D182CC1" w14:textId="77777777" w:rsidTr="00087BCA">
-[...2 lines deleted...]
-            <w:tcW w:w="3360" w:type="dxa"/>
+      <w:tr w:rsidR="0099012F" w14:paraId="2D182CC1" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DC78839" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Participate in mock debate on genetically modified foods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0AC1B805" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482577">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44BD4BF7" w14:textId="70FD2AE5" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="6C16A038">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="44BD4BF7" w14:textId="70FD2AE5" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00482577">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Group-based preparation and </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00482577">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>5-10 minute</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="6C16A038">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> presentation and full group discussion on a clinical recommendation to a mock patient regarding Functional Medicine Referral  </w:t>
+            <w:r w:rsidRPr="00482577">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> presentation and full group discussion on a clinical recommendation to a mock patient regarding </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Functional Medicine Referral</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00482577">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099012F" w14:paraId="47781799" w14:textId="77777777" w:rsidTr="00087BCA">
-[...2 lines deleted...]
-            <w:tcW w:w="3360" w:type="dxa"/>
+      <w:tr w:rsidR="0099012F" w14:paraId="47781799" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1379C2C8" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fill out </w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="2250" w:type="dxa"/>
+              <w:t>Fill out form for suggested topics and presenters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41321DE4" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482577">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AB18640" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00482577" w:rsidRDefault="0099012F" w:rsidP="00F070ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482577">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00176C72" w14:paraId="6955504E" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25F52F9F" w14:textId="7B6B5C42" w:rsidR="00176C72" w:rsidRPr="003C225E" w:rsidRDefault="003C225E" w:rsidP="00F070ED">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Total Points Possible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A30A793" w14:textId="2910A92E" w:rsidR="00176C72" w:rsidRPr="003C225E" w:rsidRDefault="003C225E" w:rsidP="00F070ED">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="479990D0" w14:textId="77777777" w:rsidR="00176C72" w:rsidRPr="00482577" w:rsidRDefault="00176C72" w:rsidP="00F070ED">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14317241" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F"/>
     <w:p w14:paraId="1776BFD6" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc215048744"/>
+      <w:bookmarkStart w:id="14" w:name="_heading=h.1ksv4uv" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="15" w:name="_heading=h.3j2qqm3" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Policies &amp; Resources</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="41AA3D33" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc215048745"/>
+      <w:bookmarkStart w:id="16" w:name="_heading=h.1y810tw" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>Academic Support Resources at MSUCOM</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="3AFA99CE" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">Students are encouraged to connect with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId25">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Academic and Career Advising</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (ACA) to access academic, board, and career advising across the 4-year D.O. curriculum. As a way to acclimate to the MSUCOM curriculum, you may access ACA’s </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> (ACA) to access academic, board, and career advising across the 4-year D.O. curriculum. As a way to acclimate </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
-        <w:r w:rsidRPr="6C16A038">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to the MSUCOM curriculum, you may access ACA’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>On Target</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> website for semester roadmaps, tools needed to be successful in the curriculum, and targeted resources for different learning situations. Each semester’s roadmap contains course expectations, tips, potential challenges, notes on longitudinal content and skills integration, and study guides. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEB4A3B" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc215048746"/>
+      <w:bookmarkStart w:id="17" w:name="_heading=h.2xcytpi" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>College or University Policies with Which Enrolled Students Must Be Familiar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9440" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4123"/>
-        <w:gridCol w:w="5317"/>
+        <w:gridCol w:w="5217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="447715CB" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="72D8FDB3" w14:textId="77777777" w:rsidTr="00783F19">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="420"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0322FFC4" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="4F07C8CC" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_heading=h.mkh0e4go6e3g" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70BAAC76" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="78AF2986" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="33C525CD" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="29AC5B02" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="278BDEF2" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="0989BE55" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Artificial Intelligence (AI) Use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF4A75B" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="04577190" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - AI Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="2E6BED6B" w14:textId="77777777" w:rsidTr="6C16A038">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="3504B460" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D47F7D9" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="542C3052" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Common Ground Professionalism Initiative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CFC1986" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="3E469667" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>MSUCOM CGPI Site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="76B7C987" w14:textId="77777777" w:rsidTr="6C16A038">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="2F37BCCB" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D7FDD23" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="1088A13E" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Computer-Based Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D537B8E" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="649E7D3F" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - CBT Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="790962D0" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="300CF6C5" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03BB432C" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="08528899" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Disability &amp; Reasonable Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="420C9DAA" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="614F08AE" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Diversity and Inclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="138F735E" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="4EBB882C" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7820C084" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="6C16A038">
+          <w:p w14:paraId="7C63AB32" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="6C16A038">
+            <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>iClicker</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B868B01" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="16AB8FE2" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Information Technology Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="121DD795" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="33B57C3A" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01499400" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="0B63ED3C" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Students</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rights and Responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EBF75F9" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="1390C3D5" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Office of Spartan Experiences Site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="11C1CF16" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="1CA3421D" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DE43364" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="546B793D" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>MSUCOM Academic Code of Professional Ethics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56944903" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="3A16ED88" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Academic Code of Professional Ethics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="4CCE5D8B" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="44F847C3" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53322E0C" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="3E2C25DB" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Osteopathic Clinical Training &amp; Student Safety</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="471D5EE5" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="3EB51BCC" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Osteopathic Clinical Training &amp; Student Safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="55E3629E" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="4B56CD05" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23E77BFC" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="6C16A038">
+          <w:p w14:paraId="03E5D7D7" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="6C16A038">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Preclerkship Attendance &amp; Absences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028C27E6" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="2395F7F9" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Attendance &amp; Absences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="14F3441F" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="13119464" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F4B2CDB" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="5C04102E" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Pregnancy and Pregnancy-Related Conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="520495CA" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="22EDACF9" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Pregnancy and Parenting Information | Office for Civil Rights and Title IX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="0F954F43" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="0BD5FAA0" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538915A7" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="24768231" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Relationship Violence &amp; Sexual Misconduct &amp; Title IX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D1090F1" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="716D5EAD" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Office for Civil Rights &amp; Title IX Education &amp; Compliance Site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="2596A5FF" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="5B0D0AA4" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E0E6B6B" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="2AFC95A2" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Religious Observance Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A3BDCE9" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="37052299" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Office of the Registrar Site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="4477B1A3" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="10F00512" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F6AE8D4" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="1E5E2539" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Remediation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6372C18A" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="1CC6C7E9" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook - Remediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w:rsidRPr="00321099" w14:paraId="7801EEBA" w14:textId="77777777" w:rsidTr="6C16A038">
+      <w:tr w:rsidR="003C225E" w:rsidRPr="00321099" w14:paraId="7FBADCD5" w14:textId="77777777" w:rsidTr="00783F19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EE68046" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="62FF4BB1" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321099">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Student Handbook</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5317" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BD3D0E7" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRPr="00321099" w:rsidRDefault="00624BFA" w:rsidP="00FA3AC9">
+          <w:p w14:paraId="7707C26E" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="00321099" w:rsidRDefault="003C225E" w:rsidP="00783F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00321099">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Student Handbook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="280FD9CB" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRDefault="00624BFA" w:rsidP="00087BCA"/>
-    <w:p w14:paraId="1CB7D2EB" w14:textId="687D4012" w:rsidR="0019168F" w:rsidRDefault="00127602">
+    <w:p w14:paraId="7CF1FCB7" w14:textId="77777777" w:rsidR="003C225E" w:rsidRPr="003C225E" w:rsidRDefault="003C225E" w:rsidP="003C225E"/>
+    <w:p w14:paraId="1CB7D2EB" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc215048747"/>
+      <w:bookmarkStart w:id="18" w:name="_heading=h.mkh0e4go6e3g" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="19" w:name="_heading=h.l3lyoc7qvhkr" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Student Feedback</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="53233D76" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>MSUCOM values student feedback, using this to model practice-based learning and improvement and to promote continuous quality improvement of learning experiences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F9CBA3" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="159" w:type="dxa"/>
+        <w:tblStyle w:val="aff7"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="164539"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="164539"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1726"/>
-        <w:gridCol w:w="7668"/>
+        <w:gridCol w:w="1725"/>
+        <w:gridCol w:w="7665"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00624BFA" w14:paraId="029DDC0F" w14:textId="77777777" w:rsidTr="00FA3AC9">
+      <w:tr w:rsidR="0019168F" w14:paraId="0436824C" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
-          <w:trHeight w:val="620"/>
+          <w:trHeight w:val="420"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1726" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:ind w:left="112"/>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F05D1AE" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Route</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7668" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:ind w:left="111"/>
+            <w:tcW w:w="7665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D49D328" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w14:paraId="73C53418" w14:textId="77777777" w:rsidTr="00FA3AC9">
-[...16 lines deleted...]
-              <w:ind w:left="114"/>
+      <w:tr w:rsidR="0019168F" w14:paraId="6EAD285C" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A314C24" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Informal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7668" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:t>We invite you to respectfully provide constructive suggestions to Course Directors, Contributing Faculty, or Curriculum Assistants at any time.</w:t>
+            <w:tcW w:w="7665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1042D334" w14:textId="5B0F34FD" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:r>
+              <w:t xml:space="preserve">We invite you to respectfully provide constructive suggestions to Course Directors, Contributing Faculty, or </w:t>
+            </w:r>
+            <w:r w:rsidR="00176C72">
+              <w:t>Course Coordinators</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> at any time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFA" w14:paraId="28974823" w14:textId="77777777" w:rsidTr="00FA3AC9">
-[...18 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="0019168F" w14:paraId="36271CFC" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03F253A7" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:r>
               <w:t>Formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7668" w:type="dxa"/>
-[...15 lines deleted...]
-              <w:t>MSU sends an optional Student Perceptions of Learning Survey (SPLS) to enrolled students at the conclusion of each course to gain feedback on the course and Course Directors.</w:t>
+            <w:tcW w:w="7665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="18453B"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D2CAE49" w14:textId="5C94A2D3" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:r>
+              <w:t xml:space="preserve">MSU sends an optional Student Perceptions of Learning Survey (SPLS) to enrolled students at the conclusion of each course to gain feedback on the course and Course Directors. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71730B64" w14:textId="77777777" w:rsidR="00624BFA" w:rsidRDefault="00624BFA" w:rsidP="00087BCA"/>
-    <w:p w14:paraId="158FC0B2" w14:textId="614A10CA" w:rsidR="0019168F" w:rsidRDefault="00127602">
+    <w:p w14:paraId="158FC0B2" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc215048748"/>
+      <w:bookmarkStart w:id="20" w:name="_heading=h.2s8eyo1" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>Course Schedule and Changes to Schedule or Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="66E32D81" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="00127602">
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">Due to external circumstances (e.g., weather/maintenance closures, clinical obligations, student cohort needs, etc.), course requirements published in the course syllabus and/or course schedule may be subject to change. Timely communication regarding changes will be provided to enrolled students via the course </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId41">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>D2L</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> site, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId42">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Google Calendar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">, and/or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId43">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>MSU email</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">. Contact curriculum assistants with questions. Any changes made will be considerate of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId44">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>MSU Code of Teaching Responsibility</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48">
-        <w:r w:rsidRPr="6C16A038">
+      <w:hyperlink r:id="rId45">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Medical Students Rights and Responsibilities</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6C16A038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5614D312" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F"/>
     <w:p w14:paraId="1F7D2C9E" w14:textId="77777777" w:rsidR="0099012F" w:rsidRPr="00077651" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc215048749"/>
       <w:r>
         <w:t>Special Note on Trauma and Spirituality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="202561BF" w14:textId="77777777" w:rsidR="0099012F" w:rsidRDefault="0099012F" w:rsidP="0099012F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="6C16A038">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The course will invite thought and discussion on spirituality. Discussions of healing from adverse childhood events (ACE’s) trauma may touch on spirituality. This course intends to invite thought and even reflection on attachment and how it relates to spirituality as it relates to restoring the body, heart, and mind’s homeostasis (integration). All world views are welcome in discussion. Listening to </w:t>
+      <w:r>
+        <w:t>The c</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:t>others</w:t>
+      <w:r w:rsidRPr="003A7052">
+        <w:t xml:space="preserve">ourse </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> available to them should they be required.  </w:t>
+      <w:r>
+        <w:t xml:space="preserve">will invite thought and discussion on spirituality. Discussions of healing from adverse childhood events (ACE’s) trauma may touch on spirituality. This course intends to invite thought and even reflection on attachment and how it relates to spirituality as it relates to restoring the body, heart, and mind’s homeostasis (integration). All world views are welcome in discussion. Listening to others world views in patient and kind fashion and expressing appreciation for everyone’s life journey is expected. There is no expectation that a certain world view will be adopted by participants, merely noting how powerful spirituality can be in the process of integration after trauma is the goal. These discussions can be triggering, and each individual participant is reminded of the myriad resources MSU and MSUCOM makes available to them should they be required.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E03BA3" w14:textId="210F3BEE" w:rsidR="0099012F" w:rsidRDefault="0099012F">
       <w:pPr>
         <w:sectPr w:rsidR="0099012F">
-          <w:headerReference w:type="default" r:id="rId49"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId52"/>
+          <w:headerReference w:type="default" r:id="rId46"/>
+          <w:footerReference w:type="default" r:id="rId47"/>
+          <w:headerReference w:type="first" r:id="rId48"/>
+          <w:footerReference w:type="first" r:id="rId49"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235CC74A" w14:textId="79C4F9B0" w:rsidR="0019168F" w:rsidRDefault="00127602">
+    <w:p w14:paraId="235CC74A" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc215048750"/>
+      <w:bookmarkStart w:id="22" w:name="_heading=h.8dk9hx2tjlhj" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Addendum: </w:t>
+        <w:t>Addendum: Course Schedule</w:t>
       </w:r>
-      <w:r w:rsidR="0021737D">
-        <w:t>SS26 OST</w:t>
+    </w:p>
+    <w:p w14:paraId="39562B03" w14:textId="79AE3635" w:rsidR="0019168F" w:rsidRPr="00B94F46" w:rsidRDefault="00127602">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_heading=h.ukc9uwnkzd8" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00B94F46">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:r w:rsidR="00BF005B">
-        <w:t xml:space="preserve">595 </w:t>
+      <w:r w:rsidR="00041748">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1.4.26</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff8"/>
         <w:tblW w:w="15135" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="3660"/>
         <w:gridCol w:w="1965"/>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019168F" w14:paraId="4ACFDC58" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="4ACFDC58" w14:textId="77777777" w:rsidTr="00A25840">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39BCF6B8" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_heading=h.ukc9uwnkzd8" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0E4D1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
@@ -6478,406 +6411,400 @@
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30EB37FE" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019168F" w14:paraId="2A1FBD4B" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0019168F" w14:paraId="2A1FBD4B" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23450A57" w14:textId="51CF76CF" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="00127602">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="23450A57" w14:textId="51CF76CF" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0051455D" w:rsidRPr="00EB48C8">
-              <w:rPr>
+            <w:r w:rsidR="0051455D">
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/29/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AAA7470" w14:textId="4B5A68DA" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="0051455D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00EB48C8">
+          <w:p w14:paraId="2AAA7470" w14:textId="4B5A68DA" w:rsidR="0019168F" w:rsidRDefault="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5:00-6:30p</w:t>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6841B571" w14:textId="3C717759" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="0051455D">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6841B571" w14:textId="3C717759" w:rsidR="0019168F" w:rsidRDefault="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003741A9">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Session 1: Course Intro and Project Intro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BDA9834" w14:textId="4903D9B3" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="0051455D">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3BDA9834" w14:textId="4903D9B3" w:rsidR="0019168F" w:rsidRDefault="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other – Interpersonal Neurobiology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C0DC8CC" w14:textId="76CEA9D5" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="0051455D">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4C0DC8CC" w14:textId="76CEA9D5" w:rsidR="0019168F" w:rsidRPr="00B94F46" w:rsidRDefault="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B94F46">
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pohlod</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21CC75BB" w14:textId="77777777" w:rsidR="00A6789A" w:rsidRDefault="003B5811" w:rsidP="00A6789A">
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2E1884D7" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DACFE13" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DMC G029</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47DD2602" w14:textId="7AC547F1" w:rsidR="007C2E71" w:rsidRPr="00A6789A" w:rsidRDefault="00A6789A">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="47DD2602" w14:textId="709C142A" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>UC4-210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E53FB4C" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00A94E16">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6534F836" w14:textId="0DDF170D" w:rsidR="0019168F" w:rsidRDefault="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D9 Fee</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="18453B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C231D17" w14:textId="77777777" w:rsidR="0019168F" w:rsidRPr="00EB48C8" w:rsidRDefault="00127602">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3C231D17" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0051455D" w14:paraId="2B4DA2A3" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0051455D" w14:paraId="2B4DA2A3" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1EADBA18" w14:textId="3EC9E993" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6982,170 +6909,139 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other – Interpersonal Neurobiology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FF3AD24" w14:textId="13686BAB" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="0051455D" w:rsidP="6C16A038">
-[...13 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="1FF3AD24" w14:textId="13686BAB" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B94F46">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Restini</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7390F125" w14:textId="77777777" w:rsidR="00A6789A" w:rsidRDefault="00A6789A" w:rsidP="00A6789A">
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="74BCA835" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048DE528" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DMC G029</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5DE257" w14:textId="42C58B52" w:rsidR="00A6789A" w:rsidRDefault="00A6789A" w:rsidP="00A6789A">
-[...23 lines deleted...]
-          <w:p w14:paraId="624608EE" w14:textId="064CC91B" w:rsidR="00A6789A" w:rsidRPr="0051455D" w:rsidRDefault="00A6789A" w:rsidP="00B94F46">
+          <w:p w14:paraId="624608EE" w14:textId="529CD239" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33D17DE9" w14:textId="4F797AA1" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
@@ -7167,51 +7063,51 @@
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="06D81942" w14:textId="58F2DA37" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0051455D" w14:paraId="2F3F173E" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="0051455D" w14:paraId="2F3F173E" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C6520C1" w14:textId="7A395CF2" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7279,54 +7175,54 @@
           <w:p w14:paraId="40FB2F4E" w14:textId="6EA37EBF" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Session 3:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CE58F6">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00CE58F6" w:rsidRPr="003741A9">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Mind Body Medicine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F52900F" w14:textId="4D293388" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -7356,2155 +7252,2192 @@
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gordon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01A6848A" w14:textId="77777777" w:rsidR="00521390" w:rsidRDefault="00521390" w:rsidP="00521390">
-[...31 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2A0B39EB" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB9A82B" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DMC G029</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F2CCB6B" w14:textId="6C752B25" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="448481DE" w14:textId="09A99A06" w:rsidR="0051455D" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Merida Mexico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A76EBC1" w14:textId="77AA5FEC" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B82">
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051455D" w14:paraId="3D4114D1" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="226B6DFB" w14:textId="27C5ADE5" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2/19/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E670277" w14:textId="3E0A9914" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20D63F43" w14:textId="75AF73E3" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session 4: Functional </w:t>
+            </w:r>
+            <w:r w:rsidR="003741A9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medicine Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5645B160" w14:textId="40AAC10C" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other – Interpersonal Neurobiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AB28704" w14:textId="51FA5A50" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Little/Wallace</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A6BC652" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A3FD65" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DMC G029</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF287CF" w14:textId="0485CBB6" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C50E47F" w14:textId="0E22DAB2" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F585E">
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D9 Fee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C375EAC" w14:textId="77777777" w:rsidR="00521390" w:rsidRDefault="00521390" w:rsidP="00521390">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="665A9CDF" w14:textId="5E2EC8CF" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B82">
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051455D" w14:paraId="68D2C364" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04C86ECB" w14:textId="3AE6FAAF" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2/26/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="184F258F" w14:textId="379F6CC2" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F60A130" w14:textId="27AFA38D" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Session 5: Functional Medicine Group Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="291477CB" w14:textId="71BCBEA0" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other – Interpersonal Neurobiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="114479EB" w14:textId="27CABEA1" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="00B94F46" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B94F46">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F9EBB7F" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="778BC92E" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DMC G029</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F2CCB6B" w14:textId="2337E3B3" w:rsidR="0051455D" w:rsidRDefault="00521390" w:rsidP="00521390">
+          <w:p w14:paraId="0B05F7AD" w14:textId="48B1E5F1" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>UC4-210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="448481DE" w14:textId="02623F4B" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EFB7060" w14:textId="6A2C85DA" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F585E">
               <w:rPr>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D9 Fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="2A76EBC1" w14:textId="77AA5FEC" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F130C7D" w14:textId="43DA9294" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530B82">
               <w:rPr>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0051455D" w14:paraId="3D4114D1" w14:textId="77777777" w:rsidTr="00087BCA">
+      <w:tr w:rsidR="00A25840" w14:paraId="02EC29EF" w14:textId="77777777" w:rsidTr="00A25840">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="226B6DFB" w14:textId="27C5ADE5" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+          <w:p w14:paraId="2FE8F748" w14:textId="6144D35B" w:rsidR="00A25840" w:rsidRDefault="00A25840" w:rsidP="00A25840">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2/19/26</w:t>
+              <w:t>3/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="0E670277" w14:textId="3E0A9914" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17634419" w14:textId="77777777" w:rsidR="00A25840" w:rsidRPr="0051455D" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56383CBC" w14:textId="286D3BCD" w:rsidR="00A25840" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPRING BREAK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="467EE757" w14:textId="77777777" w:rsidR="00A25840" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D7DD5CA" w14:textId="77777777" w:rsidR="00A25840" w:rsidRPr="00B94F46" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F7F706A" w14:textId="77777777" w:rsidR="00A25840" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="470857AB" w14:textId="77777777" w:rsidR="00A25840" w:rsidRPr="001F585E" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="261807B3" w14:textId="77777777" w:rsidR="00A25840" w:rsidRPr="00530B82" w:rsidRDefault="00A25840" w:rsidP="00A25840">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051455D" w14:paraId="497FF320" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="180FD1A8" w14:textId="348E45D6" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/12/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31EAE496" w14:textId="227D7D0B" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051455D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5:00-6:30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="20D63F43" w14:textId="154BCDE7" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B501E12" w14:textId="4061A045" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Session 4: Functional Nutrition 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F2340">
+              <w:t>Session 6:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94F46">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (GMO Foods) </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003741A9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Understanding GMO Foods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="5645B160" w14:textId="40AAC10C" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B9E4844" w14:textId="5A6C3BA9" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other – Interpersonal Neurobiology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:tcMar>
-[...6 lines deleted...]
-          <w:p w14:paraId="4AB28704" w14:textId="567A6C3A" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="001F2340" w:rsidP="0051455D">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32474D98" w14:textId="1B6EDEF9" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="003741A9" w:rsidP="0051455D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ritchie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
-            <w:tcMar>
-[...38 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70D7B6A1" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E863195" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DMC G029</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7478817A" w14:textId="1D28D49B" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E0C2D8A" w14:textId="02A070E1" w:rsidR="0051455D" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MUC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="443BE9AA" w14:textId="3AECA8E3" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B82">
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051455D" w14:paraId="092790E2" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F00B2" w14:textId="4115C9CD" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/19/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AEA7FFD" w14:textId="4332D68E" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="613CBFC9" w14:textId="6E0339FE" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="00B94F46" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session 7: </w:t>
+            </w:r>
+            <w:r w:rsidR="003741A9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Science of Mindfulness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="729668AB" w14:textId="0539A72D" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other – Interpersonal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Neurobiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F3A627B" w14:textId="2E4AD081" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Hammer and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Guest</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0722627B" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D28C839" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>DMC G029</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE0D3FC" w14:textId="30960DBF" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45315971" w14:textId="0A7298F6" w:rsidR="0051455D" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MUC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1141174D" w14:textId="2417EE06" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B82">
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051455D" w14:paraId="04BDB105" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DEDF283" w14:textId="3C8B637F" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3/26/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C7D5F36" w14:textId="105DCAF9" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30BA695E" w14:textId="28A5BD95" w:rsidR="0051455D" w:rsidRPr="0051455D" w:rsidRDefault="00B94F46" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session 8: </w:t>
+            </w:r>
+            <w:r w:rsidR="003741A9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Functional Nutrition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A691150" w14:textId="0FCF2897" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other – Interpersonal Neurobiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2BCA25EC" w14:textId="5C09006C" w:rsidR="0051455D" w:rsidRPr="00B94F46" w:rsidRDefault="003741A9" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Douma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23FB8010" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="026CA4FB" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DMC G029</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="051D8BF4" w14:textId="1D01E962" w:rsidR="0051455D" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UC4-210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="598ED27A" w14:textId="297E4FD3" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F585E">
+              <w:rPr>
+                <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D9 Fee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D065D5D" w14:textId="77777777" w:rsidR="00521390" w:rsidRDefault="00521390" w:rsidP="00521390">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="572D6D0F" w14:textId="451322B0" w:rsidR="0051455D" w:rsidRDefault="0051455D" w:rsidP="0051455D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B82">
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandatory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B94F46" w14:paraId="19AFBEBB" w14:textId="77777777" w:rsidTr="00A25840">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C3CB4C0" w14:textId="5A44F818" w:rsidR="00B94F46" w:rsidRPr="0051455D" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4/2/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FEF22D6" w14:textId="79406D93" w:rsidR="00B94F46" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051455D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5:00-6:30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54183399" w14:textId="06AAD64B" w:rsidR="00B94F46" w:rsidRPr="0051455D" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session 9: </w:t>
+            </w:r>
+            <w:r w:rsidR="003741A9">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Science and Practice of Yoga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F8055D7" w14:textId="1954E806" w:rsidR="00B94F46" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other – Interpersonal Neurobiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3969EA1B" w14:textId="526D724C" w:rsidR="00B94F46" w:rsidRPr="00B94F46" w:rsidRDefault="003741A9" w:rsidP="00B94F46">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grimshaw</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02FDFCA2" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Flexible Live -EL D9 Fee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D175C4" w14:textId="77777777" w:rsidR="00041748" w:rsidRDefault="00041748" w:rsidP="00041748">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DMC G029</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DF287CF" w14:textId="68389565" w:rsidR="0051455D" w:rsidRDefault="00521390" w:rsidP="00521390">
+          <w:p w14:paraId="2F46CED9" w14:textId="529FD2C5" w:rsidR="00B94F46" w:rsidRDefault="00041748" w:rsidP="00041748">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1724 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>UC4-210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A7A27C8" w14:textId="47256C34" w:rsidR="00B94F46" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -9530,73 +9463,73 @@
           </w:tcPr>
           <w:p w14:paraId="4B551266" w14:textId="01B4E933" w:rsidR="00B94F46" w:rsidRDefault="00B94F46" w:rsidP="00B94F46">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530B82">
               <w:rPr>
                 <w:color w:val="666666"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mandatory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="073A54BB" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="0019168F"/>
     <w:sectPr w:rsidR="0019168F">
-      <w:headerReference w:type="first" r:id="rId53"/>
+      <w:headerReference w:type="first" r:id="rId50"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="360" w:right="360" w:bottom="360" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22E7B0A8" w14:textId="77777777" w:rsidR="00DA0178" w:rsidRDefault="00DA0178">
+    <w:p w14:paraId="2F996F83" w14:textId="77777777" w:rsidR="00A513D7" w:rsidRDefault="00A513D7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F3A9786" w14:textId="77777777" w:rsidR="00DA0178" w:rsidRDefault="00DA0178">
+    <w:p w14:paraId="3E8EAF88" w14:textId="77777777" w:rsidR="00A513D7" w:rsidRDefault="00A513D7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9634,135 +9567,131 @@
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70196D82" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="6C16A038" w:rsidP="6C16A038">
+  <w:p w14:paraId="70196D82" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
         <w:i/>
-        <w:iCs/>
         <w:color w:val="666666"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Please note that content is copyright protected and may not be shared, uploaded, or distributed without written permission.</w:t>
     </w:r>
-    <w:r w:rsidR="00127602">
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="666666"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00127602" w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00127602" w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidR="00127602" w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00127602" w:rsidRPr="6C16A038">
+    <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78C5161B" w14:textId="77777777" w:rsidR="00DA0178" w:rsidRDefault="00DA0178">
+    <w:p w14:paraId="5058A499" w14:textId="77777777" w:rsidR="00A513D7" w:rsidRDefault="00A513D7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32E6B620" w14:textId="77777777" w:rsidR="00DA0178" w:rsidRDefault="00DA0178">
+    <w:p w14:paraId="290B3324" w14:textId="77777777" w:rsidR="00A513D7" w:rsidRDefault="00A513D7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F7F97DB" w14:textId="678BADBD" w:rsidR="0019168F" w:rsidRPr="0099012F" w:rsidRDefault="00127602">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="666666"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0099012F">
       <w:rPr>
         <w:i/>
         <w:color w:val="666666"/>
@@ -9793,52 +9722,52 @@
     <w:r w:rsidRPr="0099012F">
       <w:rPr>
         <w:i/>
         <w:color w:val="666666"/>
       </w:rPr>
       <w:t xml:space="preserve"> &amp; </w:t>
     </w:r>
     <w:r w:rsidR="0099012F" w:rsidRPr="0099012F">
       <w:rPr>
         <w:i/>
         <w:color w:val="666666"/>
       </w:rPr>
       <w:t>2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0795FE82" w14:textId="77777777" w:rsidR="0019168F" w:rsidRDefault="00127602">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:bookmarkStart w:id="22" w:name="_heading=h.o7uz6snwxn0h" w:colFirst="0" w:colLast="0"/>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:id="21" w:name="_heading=h.o7uz6snwxn0h" w:colFirst="0" w:colLast="0"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5C62FFE1" wp14:editId="5CFF3EC4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>251459</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>129540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3586454" cy="390525"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="image2.png" descr="Michigan State University College of Osteopathic Medicine Logo"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image2.png" descr="Michigan State University College of Osteopathic Medicine Logo"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
@@ -10515,106 +10444,87 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0019168F"/>
-    <w:rsid w:val="00083D61"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000E618E"/>
+    <w:rsid w:val="00041748"/>
     <w:rsid w:val="00127602"/>
-    <w:rsid w:val="00176F38"/>
+    <w:rsid w:val="00176C72"/>
     <w:rsid w:val="0019168F"/>
-    <w:rsid w:val="001E6688"/>
+    <w:rsid w:val="001933F8"/>
+    <w:rsid w:val="001C2E16"/>
     <w:rsid w:val="001F2340"/>
-    <w:rsid w:val="0021737D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00451F02"/>
+    <w:rsid w:val="00314DAE"/>
+    <w:rsid w:val="003741A9"/>
+    <w:rsid w:val="003C225E"/>
+    <w:rsid w:val="004739EA"/>
     <w:rsid w:val="004C7087"/>
-    <w:rsid w:val="004D491A"/>
     <w:rsid w:val="0051455D"/>
-    <w:rsid w:val="00521390"/>
-    <w:rsid w:val="00573352"/>
+    <w:rsid w:val="00537A37"/>
+    <w:rsid w:val="0058120D"/>
+    <w:rsid w:val="005B049B"/>
     <w:rsid w:val="0061677E"/>
-    <w:rsid w:val="00624BFA"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00917FC9"/>
+    <w:rsid w:val="006C3324"/>
+    <w:rsid w:val="007E58D1"/>
+    <w:rsid w:val="009055BD"/>
     <w:rsid w:val="009320D3"/>
-    <w:rsid w:val="00940712"/>
     <w:rsid w:val="0099012F"/>
     <w:rsid w:val="009A0F1F"/>
-    <w:rsid w:val="00A03188"/>
     <w:rsid w:val="00A1690C"/>
-    <w:rsid w:val="00A22000"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B829C8"/>
+    <w:rsid w:val="00A25840"/>
+    <w:rsid w:val="00A44492"/>
+    <w:rsid w:val="00A513D7"/>
+    <w:rsid w:val="00A939FC"/>
     <w:rsid w:val="00B94F46"/>
-    <w:rsid w:val="00BA37CD"/>
     <w:rsid w:val="00BB0783"/>
-    <w:rsid w:val="00BF005B"/>
-    <w:rsid w:val="00C462DE"/>
     <w:rsid w:val="00CE58F6"/>
-    <w:rsid w:val="00D30014"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F71499"/>
+    <w:rsid w:val="00D01F0E"/>
+    <w:rsid w:val="00DD5D7F"/>
+    <w:rsid w:val="00F6081F"/>
+    <w:rsid w:val="00F84FE6"/>
     <w:rsid w:val="00FA3FC7"/>
-    <w:rsid w:val="00FE0AC5"/>
-    <w:rsid w:val="6C16A038"/>
+    <w:rsid w:val="00FB401F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1A72C6D5"/>
@@ -11831,101 +11741,62 @@
     <w:rsid w:val="00A1690C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0099012F"/>
     <w:pPr>
       <w:spacing w:after="200"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...40 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zatkinma@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:com.osteomedreg@msu.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iclicker.com/students/apps-and-remotes/web" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://civilrights.msu.edu/pregnancy-parenting/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/academic-and-career-advising" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook/student-handbook-information-technology-resources" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/1617/1741/9878/Remediation.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.msu.edu/academicprograms/Print.aspx?Section=514" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hammert@msu.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendar.google.com/calendar/embed?src=msu.edu_ftq7g1b5da252fecqelqp5n7ks%40group.calendar.google.com&amp;ctz=America%2FNew_York" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3617/2044/1325/Computer-Based-Assessment-in-the-Preclerkship.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/6715/8440/1774/POLICY-ON-OSTEOPATHIC-CLINICAL-TRAINING-AND-STUDENT-SAFETY.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://civilrights.msu.edu/policies/relationship-violence-and-sexual-misconduct-and-title-ix-policy.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendar.google.com/calendar/embed?src=msu.edu_ftq7g1b5da252fecqelqp5n7ks%40group.calendar.google.com&amp;ctz=America%2FNew_York" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-life/wellness-and-counseling" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rritchie@msu.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tech.msu.edu/support/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/msucomtech" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanexperiences.msu.edu/about/handbook/medical-student-rights-responsibilities/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanexperiences.msu.edu/about/handbook/medical-student-rights-responsibilities/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:douma@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.msu.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook/student-handbook-diversity-and-inclusion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/7117/1881/3977/Preclerkship-Attendance-and-Absences.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanmail.msu.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/DO-Better-Form" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.msu.edu/ROInfo/Notices/ReligiousPolicy.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restinic@msu.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/academic-and-career-advising" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/7217/1760/5058/MSUCOM-Academic-Code-of-Professional-Ethics.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hammert@msu.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/academic-and-career-advising" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://michiganstate.sharepoint.com/sites/OnTargetforAcademicSuccess" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/1617/1741/9878/Remediation.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendar.google.com/calendar/embed?src=msu.edu_ftq7g1b5da252fecqelqp5n7ks%40group.calendar.google.com&amp;ctz=America%2FNew_York" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/6715/8440/1774/POLICY-ON-OSTEOPATHIC-CLINICAL-TRAINING-AND-STUDENT-SAFETY.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://calendar.google.com/calendar/embed?src=msu.edu_ftq7g1b5da252fecqelqp5n7ks%40group.calendar.google.com&amp;ctz=America%2FNew_York" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-life/wellness-and-counseling" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3617/2044/1325/Computer-Based-Assessment-in-the-Preclerkship.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rritchie@msu.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/msucomtech" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanexperiences.msu.edu/about/handbook/medical-student-rights-responsibilities/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://civilrights.msu.edu/policies/relationship-violence-and-sexual-misconduct-and-title-ix-policy.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanexperiences.msu.edu/about/handbook/medical-student-rights-responsibilities/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:com.osteomedreg@msu.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iclicker.com/students/apps-and-remotes/web" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://civilrights.msu.edu/pregnancy-parenting/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zatkinma@msu.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tech.msu.edu/support/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook/student-handbook-information-technology-resources" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.msu.edu/academicprograms/Print.aspx?Section=514" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:douma@msu.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/about-us/common-ground-professionalism-initiative" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.msu.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/3117/5985/1800/AI_Use_Policy.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/student-handbook/student-handbook-diversity-and-inclusion" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/7117/1881/3977/Preclerkship-Attendance-and-Absences.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spartanmail.msu.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restinic@msu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/DO-Better-Form" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/current-students/academic-and-career-advising" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osteopathicmedicine.msu.edu/application/files/7217/1760/5058/MSUCOM-Academic-Code-of-Professional-Ethics.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reg.msu.edu/ROInfo/Notices/ReligiousPolicy.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d2l.msu.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12212,421 +12083,93 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A5A7D1136AF98842B9222F1ED995F6F0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="11ab0e9603bdb5e29892fc789792d169">
-[...248 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjNXa3pOYNc/pmZiJGw9gvakFTQdw==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGwyDmguYWg2NzYwZzlyanN4MgloLjFmb2I5dGUyCWguM3pueXNoNzIOaC5uajZ2MHN1cGlocm0yCWguMmV0OTJwMDIIaC50eWpjd3QyCWguM2R5NnZrbTIJaC4xdDNoNXNmMgloLjRkMzRvZzgyCWguM3JkY3JqbjIJaC4yNmluMXJnMgloLjM1bmt1bjIyCWguMWtzdjR1djIJaC40NHNpbmlvMgloLjJqeHN4cWgyCWguM2oycXFtMzIJaC4xeTgxMHR3MgloLjJ4Y3l0cGkyDmgubWtoMGU0Z282ZTNnMg5oLmwzbHlvYzdxdmhrcjIJaC4yczhleW8xMg5oLjhkazloeDJ0amxoajINaC51a2M5dXdua3pkODIOaC5vN3V6NnNud3huMGg4AHIhMUhHYzdrNF9WNEZ0QjVuTFR2dllCZHVrWkRXX29sTGx0</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56BFA96D-D878-4AD3-A8F5-79E7B26134DC}">
-[...25 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{22177130-642f-41d9-9211-74237ad5687d}" enabled="0" method="" siteId="{22177130-642f-41d9-9211-74237ad5687d}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14753</Characters>
+  <Pages>10</Pages>
+  <Words>2496</Words>
+  <Characters>14956</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>453</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>650</Lines>
+  <Paragraphs>471</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16766</CharactersWithSpaces>
+  <CharactersWithSpaces>16981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>OST595 Modern Applications of Osteopathic Science | SS26</dc:title>
+  <dc:title>OST595 SS26 Syllabus &amp; Schedule</dc:title>
   <dc:creator>Roberts, Patty</dc:creator>
-  <cp:keywords>OST595</cp:keywords>
+  <cp:keywords>OST595;SS26</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>